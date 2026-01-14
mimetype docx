--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,427 +1,24725 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00700C7C" w:rsidRPr="004E0883" w:rsidRDefault="004E0883">
+    <w:p w14:paraId="6D775331" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Supplementary material 1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15BF5F50" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="0070724A">
+      <w:pPr>
+        <w:ind w:firstLine="709"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69B831BD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Table S1.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Taxonomical composition of shrub-herbaceous </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:bCs/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>alder thickets</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> communities</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8926" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4221"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="481"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="485"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="527"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0070724A" w14:paraId="50E42012" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5909E8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="0070724A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:ind w:left="708" w:hanging="708"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24DDF8DA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A0886D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="139EB782" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AF2BE15" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D730CE2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C23177" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31F06345" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1D1B04" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DA25732" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F804FD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="368C2A4A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AAF3B4A" w14:textId="1E0EDEFE" w:rsidR="0070724A" w:rsidRPr="005F4F21" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Shrub</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>layer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>height</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (m)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F825D2D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="173D5247" w14:textId="6EA2C687" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="268A39D9" w14:textId="264585E6" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FD9FB52" w14:textId="181F3C26" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="088B4931" w14:textId="6FAD67CA" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62838C74" w14:textId="7407FF3D" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB02C0F" w14:textId="7E55A91D" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60972732" w14:textId="0667F19F" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C78ACC" w14:textId="785B4968" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F248195" w14:textId="0A81128C" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="278F32ED" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A3F27C8" w14:textId="3F7618F7" w:rsidR="0070724A" w:rsidRPr="005F4F21" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Shrub</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>layer</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>projective</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>cover</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="005F4F21">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E607C3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AC49117" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FF039B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F3A52DC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B899E02" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="497F95A2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E9C38B3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A38047F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22112AF8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07AA33BB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="6EFFD4D1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA16518" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Huperzia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>arctica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Tolm</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Sipliv</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39B02FFF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="372E2127" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FBAB4FF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38BEA70E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="051B86DA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C11069B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04371EA3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="519EFAC7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B077A89" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F4B63B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="3F101DCC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67943888" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Equisetum </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>arvense</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C4994BF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDC26F8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31CFF227" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="118997F7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66979161" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FB12E59" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B4BECB1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AC40C68" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1CBDE8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FAE5C19" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="2C10735C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6853F878" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Juniperus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>communis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="786FF9DE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD1B786" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A7A95E0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BD49881" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15EB5672" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00601521" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="011751EF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76AEE11D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DFF12F4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D86EBCA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="2A37774A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E265522" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>sp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9CC27B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BDDCD4F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="371A4DCE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0727A64A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17231F2E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="396FE753" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="150A3D29" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44D917D9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5774C462" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="359EDAAA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="009703E2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CE808F5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>rosmarinifolia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CAC65E2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CCD88DC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54084021" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B911485" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CD06AF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F8655A5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F906E44" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02E2D995" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53C1E96B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="512481DE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="255C011B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C7CAD99" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>glauca</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="161C9EC7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6303EF37" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FCF04A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A9B2286" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C8827C6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6AC082" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3067EC28" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DDB8576" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="099BCBEC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38EADE39" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="75DD3FC1" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A33ED3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>pulchra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Cham</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72AE1292" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B0B56CA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D0D3EA7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20295A25" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D74103C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="189FC2FD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44081AAF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F47CF3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6A33CC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7851D174" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="4BEF6A74" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E3CF9E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>phylicifolia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15A0A7A8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F4CA7E7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AD23AE2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E29D481" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CA41FD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B525AC1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="017081C6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="542F2C5F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30C60F22" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="393F4965" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="104712B7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD3B7E9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>gmelinii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67434254" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A5484CF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3777A914" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="049E40BB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4625FEF4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB2B93F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75798139" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="515F51A8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CC6DE0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA00E07" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="3BD168BA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A5A6BD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>lanata</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFA533D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="105815F1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E4E7CAB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="441175DA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE2FBD7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AE46A87" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D7ADF7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="783985F0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51D444A5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="575A3C8A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="1CB62987" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAB854E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Alnus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fruticosa</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Rupr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E25E418" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EAC2FC7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EB1D4F0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7742C789" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57EDD67E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A4A8633" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="780B37FA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="616F6FC6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B1FE5CF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BFF8BC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="2C8F2FFB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1363E2BB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Betula </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>nana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FDECBB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6FC91B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6482DE5C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B994931" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12998125" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25FC1F97" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5454B1B4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50323C07" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3235B920" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="520BDFA2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="7BC4FA92" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3079C4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Rubus </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>arcticus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABC15EA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA1974F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E36A1B8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50E6D886" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="430D6DDD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="753C8150" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D39C596" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5DD825" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5739D650" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DF90DB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="6CD60458" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ECDAB26" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Solidago</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>lapponica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> With.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="432BB13D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E3B423B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4268BFCE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="47930ABE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F0FEABF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50AD856A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE4203B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69B54069" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6974F933" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4788F96F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="26EA92EC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="697188D2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Erigeron</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>elongatus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ledeb</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="439ACD03" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B7B512" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36AA4A3B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DEE9958" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="057D8BA1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C625DFB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24BC2C65" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61FFD9BC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F50E03B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CB71698" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="173967DA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="10132913" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Tanacetum </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>bipinnatum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) Sch. Bip.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1B805D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C184E0C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B76E92A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BDBE30C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA227B0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D96D18" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="103B099D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43EC81FC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="634371FE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D79081F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="63087B0F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1051E0D4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Antennaria</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>dioica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Gaertn</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="302AD532" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7641B122" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51355A9D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E21D38" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B879B34" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C59D3AA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D19D5F4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1331F07F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE3FF8A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECF554F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="21149DDD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5765D39A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Tripleurospermum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>hookeri</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Sch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Bip</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78739D06" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="065BE678" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EA543AB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7521A1D4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="264A3063" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="072F0EE0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="335A50BD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AD82054" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="405CFCCC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A5B067C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="135FDEA6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EF8E075" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Petasites</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>frigidus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:bookmarkStart w:id="0" w:name="_Hlk216143099"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(L.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Fr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:bookmarkEnd w:id="0"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC7B2AF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="341EB6AC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1952A8D2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13234CF2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C4B8C6C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0956E108" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6503A28E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="578019B2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6866A205" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44628A49" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="7AC066D4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FED4EC2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Achillea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>impatiens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF35B1E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BFB644A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26435548" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="002B824D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="203280F7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C8A5807" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="725FD3AA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="614819C4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26115B88" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02F13665" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="53FC98B0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4235BE51" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Myosotis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> palustris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> (L.) L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22D2F82D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1287AC85" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F21971" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57C70DEB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6DD29B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32353CCE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F6A8307" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7431755D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2870581D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F11697" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="39C2673F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7A7F44" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Polemonium</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>caeruleum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="227119B0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F34170" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A2250FB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1189B196" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6E7978" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B36D05B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E3EBC7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72D91E63" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E6FA7CA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C84B28B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="2A711A24" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71FFB353" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Micranthes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>nelsoniana</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> (D. Don) Small</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="798F7661" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FBD5191" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CEED18F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20EA4965" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="570E77A4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6110A126" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="56030F16" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E66A87E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="535ABA05" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9F4042" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="1AB18189" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50049BB6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pedicularis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>labradorica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Wirsing</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD67DA4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E9EE554" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D09ECF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E693621" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="454E5C0A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A2DD37B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B170C71" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E45476F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02D234E3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5543877C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="62AF177F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C314F3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Chamaenerion</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> angustifolium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Scop</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25078040" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BCFE627" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61BD23E8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30176EE6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E062B73" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBD8F9B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C3AE2F6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A21ACF1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08F46E86" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2440BD68" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="53D15496" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72253F5F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Galium</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>boreale</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="19FD105B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C693BD1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C2882B7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="092B6C64" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E9FDDC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68BCD057" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E917744" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D99477E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5873CF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="085F872C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="4067F675" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A6E1C6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pyrola</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>rotundifolia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D303642" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9E46D5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1056CF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59DF1FBC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FD155A6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CCF9FC9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4431E418" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49085325" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6A97E5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="175203C9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="0FF68F4A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F66C86F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Lonicera</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>altaica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="552433AC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68DF364F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="563352F5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A026E2E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A4980C7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="10DE1043" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32229622" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E66E3D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A201CD5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFF0F30" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="077D6C87" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E3BE43" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ledum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> palustre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C06C28B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A621CCC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50F79C4B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4633CF73" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CAA3F53" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A4C371B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="18EAEC7D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="077F3D8C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3768D7EF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C30CEE1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="03D17675" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71B921E6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Vaccinium</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>uliginosum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="665670DC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D348EF3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="045CD0C1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C132BC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C44018" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08DBC4D8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="721B4A10" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BF53F7A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A90E1F2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1338C45A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="20350110" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15BA1E1B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Vaccinium vitis-idaea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> subsp. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>minus </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Lodd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.) Hultén</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20219CBF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="448701EF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A6210A9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F25C6E8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="174CB63C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F7CA53" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6119CAA3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="357FAC0D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DF84A95" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39522A7E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="069F3A36" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C767BC2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Empetrum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>nigrum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58769D1D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="597640FE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28A839D9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C0110C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5AE3AE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48DD80BF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="74A106DC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60912034" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8D5584" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B166EA3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="6A799219" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2588D8AD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Arctous</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>alpina</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Nied</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DED1B06" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C32752B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C5D11C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF3D485" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2CD8BE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2983D67A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41C7DDE9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B991A73" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B986959" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="110E3E52" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="7208AE9B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E6BFC4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Campanula</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>rotundifolia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3357B79E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="472BF413" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C3F6845" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27902A6F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60B8B878" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2989ACC3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21B56E2A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="484FF303" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E2A84F2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="003AFD01" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="45A92F04" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="521F66B2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ribes</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>triste</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pall</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B3A298" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B715239" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="656C269A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0111D03E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="236E9C63" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65724ED7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D478161" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B3B64B7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6093B1B2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D14E530" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="315C882E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="067D785C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Dianthus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>repens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Willd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="167F14FA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24546D19" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55EA2D59" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13DAA44C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45DDBFD7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="671578D7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC9B2DD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDF8B31" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EBDEE0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD1E576" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="359C71AE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E11BE9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Stellaria</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>peduncularis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Bunge</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67F89342" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46362E1B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2793A790" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66900C69" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3914D3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE0C616" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="491BEEE4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA883CF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ED57405" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD092CC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="70A299E2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DC1E452" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Hedysarum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>arcticum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> B. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Fedtsch</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2260FBE7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DAC85C9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E956B0D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2538B574" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B95F3EB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12BB2A82" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="315A702E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="758E5BF7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="716B08F7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3243DDD9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="7CD3CA11" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28F65AF4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Astragalus</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>subpolaris</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Boriss</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. &amp; </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Schischk</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E0C1331" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0048FC65" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B076E02" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="371408DD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A4C8BD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB5C9A2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0536ED" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5218EB3A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2104F4B4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="562C4EB1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="06008030" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63FBF259" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Aconogonon</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ocreatum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) H. Hara</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="538D2A0E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6993403D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5114463E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11D78973" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C0BADA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40CCE7E8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE9774A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A921AB7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2217A73D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="007790F4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5C4276F9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="0070724A"/>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8926" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4221"/>
+        <w:gridCol w:w="416"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="481"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="485"/>
+        <w:gridCol w:w="466"/>
+        <w:gridCol w:w="527"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0070724A" w14:paraId="7CDE7DFF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CDB0301" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="0070724A">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="790F486D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A5A8298" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D50EAF1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="045204B5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="598B4F78" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5074A5E1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="260C892C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F72E0E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AAEBD75" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA6FA56" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="1DAFFBF6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9487C9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Bistorta</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>vivipara</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Delarbre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="232A1671" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20ABC099" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7808755C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="778B4B12" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35CBED19" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B539FC9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0225DBB5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="016A61A2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69304424" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB30411" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="20484526" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0361C28B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Tofieldia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>coccinea</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Richardson</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58710E7C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04458989" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ABA021D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CF01F53" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32EE98AE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="066429C6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BA34D3F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D74C31" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2892D9A1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B3C98F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="697685DC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F918040" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Veratrum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>lobelianum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Bernh</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BF1C8A0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65AA96DC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6A75F9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B3CBB8D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F41837" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2651E9E5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F86CFF5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E4B4B5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DF56144" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69A13B8D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="16EFACE5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FA2982" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Luzula</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>nivalis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Laest</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Spreng</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="521718DF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B220924" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43C58AA9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C655468" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2663D98C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9D9970" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1445C3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="70C52F24" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57AE6818" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58DC4FD6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="3AC7111D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03C8931A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Luzula</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>confusa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Lindeb</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C011FB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="237E933E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49E368D2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34391C14" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DF6F24D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BA2EF1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A7AB84" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="556BCA3B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="233A2D20" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E1E97D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="5B349974" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E861ED" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Luzula</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>wahlenbergii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Rupr</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B017326" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AB5F89" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="767CD65F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E38DEEB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CCA022" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03280C20" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3265DDF3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09008135" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73699522" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="348B331C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="2A009BF0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEFE0A5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Arctagrostis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> latifolia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (R. Br.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Griseb</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C89C3D4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C2A6419" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="214EE2E2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A62BCBC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68EF60D2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4262410A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E65F3EC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="384B9607" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46C75698" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6851ED11" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="2A1A0DCF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="746B1C34" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Calamagrostis </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>langsdorffii</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Link) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Trin</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C25E4CF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C7C505" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EDE3944" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E47C77D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BCBB75" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D70686C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C62C6E1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2474A92A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A8A7AD0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D964D24" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="41A19745" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44908CB9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Festuca</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>rubra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78737CD4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0188D93D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A02B553" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F32BE3" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE776B7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC1F664" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55161EBD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CA60C48" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1931F4E9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C8D3E73" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="581B4A5C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F351592" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Festuca </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>vivipar</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>о</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>idea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Krajina ex Pavlick</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62896445" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BD88A00" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D330129" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38C04F99" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44BA61EB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4B5D32" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F43256D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DFF8D68" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE09B35" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16AF2496" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="725D943C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A008A48" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Festuca</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ovina</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71C5C458" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B0A5C27" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="677E2B7E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E576D1E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B020AC4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0863C637" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B7EA9E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08B0A9E9" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C730284" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63348EF7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="2D357382" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0CC154" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Poa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>pratensis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03616CFD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B9EE599" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DB078F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52BDBEC8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="544CE395" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C3BEAC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04768369" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="519C0C17" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A88A9FE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17EE54BC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="36E7032E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="769D1971" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Poa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>arctica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> R. </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Br</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03E5EE61" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26F6A920" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FC2F8B4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55CC078D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F4A9739" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9827DF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="573E5866" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DD21859" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FFCD942" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3227AB65" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="5A134C00" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5771CC1C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Poa</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>sublanata</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Reverd</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B02431" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5769335B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79E415CD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E256151" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B134667" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D80BF6C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F3C828C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F693FDA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C365F0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2A7690" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="7C1ADE79" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3157861A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Hierochloe</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>alpina</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> (Sw.) Roem. &amp; Schult.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05C04EB8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D988FF5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20D77CCD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05DB934D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AEA7BF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E661BC2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E43C55B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68F712D7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="699AB9B0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FD2913E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="56E55104" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD5B7FA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Eriophorum </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>vaginatum</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AFFBA93" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FA5818E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B67EAA5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CA18F69" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D079653" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="771EA645" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDDA724" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B61F681" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="283A9865" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AF512F6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="1B5AEDF8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3661E4CA" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carex </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">sp. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6492E728" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72BAD833" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0505013C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0D1312" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CA15CD4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2572E8D7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="445B3FF2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB0F775" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F124DD2" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C40571F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="1764BFE7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A68154B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>arctisibirica</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> (</w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Jurtzev</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Czerep</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="56059BB0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="303286AE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D658F97" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FF0000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C42472E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75B199CE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39667BD5" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BA967EE" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D04EF3A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="615A4EC6" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="608CDF70" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="5265952B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F22D032" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ensifolia</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Turcz</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>. ex V.I. Krecz.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4599C862" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37A9369D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71A0E4CC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4476560D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AD018F4" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C59EF27" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="513892F1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="026A176C" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1144FB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20901440" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="6E793473" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E187C1F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>nigra</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Reichard</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C5E8183" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="409B46AC" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF30449" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F82927" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="734FA5B1" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5194600D" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4435AA2A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59CDE61F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B021D6F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B3013ED" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="5BA408EC" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ADE1950" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>canescens</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="757DDD83" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A7E76B" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C65E563" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C1DE7FF" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="325A0418" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="425BDA1F" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CBA317" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="173C7C4E" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="067972BD" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C336B30" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w14:paraId="7A481791" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4221" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EF72292" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carex </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>globularis</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="416" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F616E7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D969EB" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC13996" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02CAE179" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="481" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C38985A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="623993C8" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E73D64" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="485" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="232B0816" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="466" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E1F6E7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="527" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BC9DDA0" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0070724A" w:rsidRPr="005F4F21" w14:paraId="0150DDD5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8926" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ABD0AB7" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="000000"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Coordinates (Lat. N., Long. W.): 1 – 67.752134, 79.968853; 2 – 67.752134, 79.968853; 3 – 67.752134, 79.968853; 4 – 67.757315, 80.022908; 5 – 68.075012, 78.186031; 6 – 68.032766, 78.028972; 7 – 67.957324, 77.998750; 8 – 68.093450, 79.286270; 9 – 68.096797, 79.327304; 10 – 68.113745, 79.448326</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="165AF592" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="0070724A">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...4 lines deleted...]
-      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00700C7C" w:rsidRPr="004E0883">
+    <w:sectPr w:rsidR="0070724A">
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="596C3939" w14:textId="77777777" w:rsidR="005F7ECA" w:rsidRDefault="005F7ECA">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="43B2ABAD" w14:textId="77777777" w:rsidR="005F7ECA" w:rsidRDefault="005F7ECA">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:altName w:val="SimSun"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="44E9D84A" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pStyle w:val="ad"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="35EC4E4E" wp14:editId="4584D34A">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="153035" cy="175260"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapSquare wrapText="largest"/>
+              <wp:docPr id="9" name="Frame1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="153035" cy="175260"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="13AA8644" w14:textId="77777777" w:rsidR="0070724A" w:rsidRDefault="00000000">
+                          <w:pPr>
+                            <w:pStyle w:val="ad"/>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:t>19</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback xmlns:wpsCustomData="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+          <w:pict>
+            <v:shape id="Frame1" o:spid="_x0000_s1026" o:spt="202" type="#_x0000_t202" style="position:absolute;left:0pt;margin-top:0.05pt;height:13.8pt;width:12.05pt;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-wrap-distance-bottom:0pt;mso-wrap-distance-left:0pt;mso-wrap-distance-right:0pt;mso-wrap-distance-top:0pt;z-index:251659264;mso-width-relative:page;mso-height-relative:page;" fillcolor="#FFFFFF" filled="t" stroked="f" coordsize="21600,21600" o:allowincell="f" o:gfxdata="UEsDBAoAAAAAAIdO4kAAAAAAAAAAAAAAAAAEAAAAZHJzL1BLAwQUAAAACACHTuJATVu32tEAAAAD&#10;AQAADwAAAGRycy9kb3ducmV2LnhtbE2PT0/DMAzF70h8h8hI3Fi6gugoTScxBFdEQdo1a7ymauNU&#10;dfaHb493gtOT/azn36vW5zCqI87cRzKwXGSgkNroeuoMfH+93a1AcbLk7BgJDfwgw7q+vqps6eKJ&#10;PvHYpE5JCHFpDfiUplJrbj0Gy4s4IYm3j3OwSca50262JwkPo86z7FEH25N88HbCjcd2aA7BwP1H&#10;Xmz5vXndTFt8Glb8MuzJG3N7s8yeQSU8p79juOALOtTCtIsHcqxGA1IkXbZKvPxBdCdaFKDrSv9n&#10;r38BUEsDBBQAAAAIAIdO4kCWYSelyQEAALMDAAAOAAAAZHJzL2Uyb0RvYy54bWytU8GO0zAQvSPx&#10;D5bvNGlXXaBqugKqIiQESAsf4Dh2Y8n2WGO3Sf+esdN0V8tlD+Rgz4zHb+Y9T7YPo7PsrDAa8A1f&#10;LmrOlJfQGX9s+J/fh3cfOItJ+E5Y8KrhFxX5w+7tm+0QNmoFPdhOISMQHzdDaHifUthUVZS9ciIu&#10;IChPhxrQiUQuHqsOxUDozlarur6vBsAuIEgVI0X30yG/IuJrAEFrI9Ue5MkpnyZUVFYkohR7EyLf&#10;lW61VjL91DqqxGzDiWkqKxUhu81rtduKzRFF6I28tiBe08ILTk4YT0VvUHuRBDuh+QfKGYkQQaeF&#10;BFdNRIoixGJZv9DmsRdBFS4kdQw30eP/g5U/zr+Qma7hHznzwtGDH5C2ZVZmCHFDCY+BUtL4GUaa&#10;lzkeKZgJjxpd3okKo3PS9XLTVY2JyXxpfVffrTmTdLR8v17dF92rp8sBY/qqwLFsNBzp2Yqa4vw9&#10;JmqEUueUXCuCNd3BWFscPLZfLLKzoCc+lG+6a0MvpuhcLk6pBe8ZRpV5TnyylcZ2vJJvobsQd/vN&#10;k+R5fGYDZ6OdDeFlDzRYU+MePp0SaFOaz6ATElXODr1l6eE6d3lYnvsl6+lf2/0FUEsDBAoAAAAA&#10;AIdO4kAAAAAAAAAAAAAAAAAGAAAAX3JlbHMvUEsDBBQAAAAIAIdO4kCKFGY80QAAAJQBAAALAAAA&#10;X3JlbHMvLnJlbHOlkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr28w6DZfS2o36h&#10;7xP//vCZFrUiS6RsYNf1oDA78jEHA++X49MLKKk2e7tQRgM3FDiMjw/7My62tiOZYxHVKFkMzLWW&#10;V63FzZisdFQwt81EnGxtIwddrLvagHro+2fNvxkwbpjq5A3wyQ+gLrfSzH/YKTomoal2jpKmaYru&#10;HlUHtmWO7sg24Ru5RrMcsBrwLBoHalnXfgR9X7/7p97TRz7jutV+h4zrj1dvuhy/AFBLAwQUAAAA&#10;CACHTuJAfublIPcAAADhAQAAEwAAAFtDb250ZW50X1R5cGVzXS54bWyVkUFOwzAQRfdI3MHyFiVO&#10;u0AIJemCtEtAqBxgZE8Si2RseUxob4+TthtEkVjaM/+/J7vcHMZBTBjYOqrkKi+kQNLOWOoq+b7f&#10;ZQ9ScAQyMDjCSh6R5aa+vSn3R48sUpq4kn2M/lEp1j2OwLnzSGnSujBCTMfQKQ/6AzpU66K4V9pR&#10;RIpZnDtkXTbYwucQxfaQrk8mAQeW4um0OLMqCd4PVkNMpmoi84OSnQl5Si473FvPd0lDql8J8+Q6&#10;4Jx7SU8TrEHxCiE+w5g0lAmsjPuigFP+d8lsOXLm2tZqzJvATYq94XSxutaOa9c4/d/y7ZK6dKvl&#10;g+pvUEsBAhQAFAAAAAgAh07iQH7m5SD3AAAA4QEAABMAAAAAAAAAAQAgAAAAMwQAAFtDb250ZW50&#10;X1R5cGVzXS54bWxQSwECFAAKAAAAAACHTuJAAAAAAAAAAAAAAAAABgAAAAAAAAAAABAAAAAVAwAA&#10;X3JlbHMvUEsBAhQAFAAAAAgAh07iQIoUZjzRAAAAlAEAAAsAAAAAAAAAAQAgAAAAOQMAAF9yZWxz&#10;Ly5yZWxzUEsBAhQACgAAAAAAh07iQAAAAAAAAAAAAAAAAAQAAAAAAAAAAAAQAAAAAAAAAGRycy9Q&#10;SwECFAAUAAAACACHTuJATVu32tEAAAADAQAADwAAAAAAAAABACAAAAAiAAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsBAhQAFAAAAAgAh07iQJZhJ6XJAQAAswMAAA4AAAAAAAAAAQAgAAAAIAEAAGRycy9lMm9E&#10;b2MueG1sUEsFBgAAAAAGAAYAWQEAAFsFAAAAAA==&#10;">
+              <v:fill on="t" opacity="0f" focussize="0,0"/>
+              <v:stroke on="f"/>
+              <v:imagedata o:title=""/>
+              <o:lock v:ext="edit" aspectratio="f"/>
+              <v:textbox inset="0mm,0mm,0mm,0mm">
+                <w:txbxContent>
+                  <w:p w14:paraId="20056205">
+                    <w:pPr>
+                      <w:pStyle w:val="14"/>
+                      <w:rPr>
+                        <w:rStyle w:val="7"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="7"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="7"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="7"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="7"/>
+                      </w:rPr>
+                      <w:t>19</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="7"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square" side="largest"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="501F73E6" w14:textId="77777777" w:rsidR="005F7ECA" w:rsidRDefault="005F7ECA">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="70719AC6" w14:textId="77777777" w:rsidR="005F7ECA" w:rsidRDefault="005F7ECA">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004E0883"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F64834"/>
+    <w:rsidRoot w:val="002D76D8"/>
+    <w:rsid w:val="00000F0F"/>
+    <w:rsid w:val="00001263"/>
+    <w:rsid w:val="0000575A"/>
+    <w:rsid w:val="000139B1"/>
+    <w:rsid w:val="000148EE"/>
+    <w:rsid w:val="0002107F"/>
+    <w:rsid w:val="0002167C"/>
+    <w:rsid w:val="00026440"/>
+    <w:rsid w:val="00026B01"/>
+    <w:rsid w:val="00041D16"/>
+    <w:rsid w:val="00047CF2"/>
+    <w:rsid w:val="000512A1"/>
+    <w:rsid w:val="00052F7C"/>
+    <w:rsid w:val="00065D23"/>
+    <w:rsid w:val="00074C9E"/>
+    <w:rsid w:val="0007699A"/>
+    <w:rsid w:val="000779FB"/>
+    <w:rsid w:val="000806BE"/>
+    <w:rsid w:val="00085C4F"/>
+    <w:rsid w:val="00090832"/>
+    <w:rsid w:val="00095857"/>
+    <w:rsid w:val="000A1996"/>
+    <w:rsid w:val="000B5316"/>
+    <w:rsid w:val="000B6E01"/>
+    <w:rsid w:val="000C4F2B"/>
+    <w:rsid w:val="000C7A28"/>
+    <w:rsid w:val="000D2806"/>
+    <w:rsid w:val="000D2E49"/>
+    <w:rsid w:val="000D46CD"/>
+    <w:rsid w:val="000D6AF2"/>
+    <w:rsid w:val="000E480B"/>
+    <w:rsid w:val="00103766"/>
+    <w:rsid w:val="001059C9"/>
+    <w:rsid w:val="00112369"/>
+    <w:rsid w:val="0011450D"/>
+    <w:rsid w:val="00115A37"/>
+    <w:rsid w:val="001206D5"/>
+    <w:rsid w:val="00121177"/>
+    <w:rsid w:val="001224F9"/>
+    <w:rsid w:val="00124A4D"/>
+    <w:rsid w:val="00131BB4"/>
+    <w:rsid w:val="00136B3B"/>
+    <w:rsid w:val="00143737"/>
+    <w:rsid w:val="00143FB8"/>
+    <w:rsid w:val="00144267"/>
+    <w:rsid w:val="0015067B"/>
+    <w:rsid w:val="0015285C"/>
+    <w:rsid w:val="00156D38"/>
+    <w:rsid w:val="00162245"/>
+    <w:rsid w:val="001635E8"/>
+    <w:rsid w:val="00164165"/>
+    <w:rsid w:val="00166410"/>
+    <w:rsid w:val="00175285"/>
+    <w:rsid w:val="00176D86"/>
+    <w:rsid w:val="0017778E"/>
+    <w:rsid w:val="00180B93"/>
+    <w:rsid w:val="00194723"/>
+    <w:rsid w:val="00196482"/>
+    <w:rsid w:val="00197BBA"/>
+    <w:rsid w:val="00197F44"/>
+    <w:rsid w:val="001A00FF"/>
+    <w:rsid w:val="001A034C"/>
+    <w:rsid w:val="001A2316"/>
+    <w:rsid w:val="001A4F27"/>
+    <w:rsid w:val="001A5D2B"/>
+    <w:rsid w:val="001A624A"/>
+    <w:rsid w:val="001A6C9C"/>
+    <w:rsid w:val="001B4340"/>
+    <w:rsid w:val="001C36A5"/>
+    <w:rsid w:val="001C7981"/>
+    <w:rsid w:val="001C7DA0"/>
+    <w:rsid w:val="001D7643"/>
+    <w:rsid w:val="001E06CC"/>
+    <w:rsid w:val="001E09D4"/>
+    <w:rsid w:val="001E23D3"/>
+    <w:rsid w:val="001F04BC"/>
+    <w:rsid w:val="001F4185"/>
+    <w:rsid w:val="00200C11"/>
+    <w:rsid w:val="00200D20"/>
+    <w:rsid w:val="002050B7"/>
+    <w:rsid w:val="002051FC"/>
+    <w:rsid w:val="0022183C"/>
+    <w:rsid w:val="002219D2"/>
+    <w:rsid w:val="00227A8C"/>
+    <w:rsid w:val="0023212F"/>
+    <w:rsid w:val="00241312"/>
+    <w:rsid w:val="00250CCB"/>
+    <w:rsid w:val="00252CDE"/>
+    <w:rsid w:val="00253606"/>
+    <w:rsid w:val="002545D8"/>
+    <w:rsid w:val="002576CF"/>
+    <w:rsid w:val="002625D9"/>
+    <w:rsid w:val="00263FCA"/>
+    <w:rsid w:val="00265C30"/>
+    <w:rsid w:val="00272F6E"/>
+    <w:rsid w:val="00273012"/>
+    <w:rsid w:val="00277A03"/>
+    <w:rsid w:val="00277A45"/>
+    <w:rsid w:val="00282894"/>
+    <w:rsid w:val="00283B3B"/>
+    <w:rsid w:val="002850AE"/>
+    <w:rsid w:val="00285778"/>
+    <w:rsid w:val="002872A9"/>
+    <w:rsid w:val="00290BD2"/>
+    <w:rsid w:val="00295941"/>
+    <w:rsid w:val="002A0D4C"/>
+    <w:rsid w:val="002A61D1"/>
+    <w:rsid w:val="002B77D8"/>
+    <w:rsid w:val="002D4416"/>
+    <w:rsid w:val="002D52D5"/>
+    <w:rsid w:val="002D76D8"/>
+    <w:rsid w:val="002E3DC5"/>
+    <w:rsid w:val="002E4A2B"/>
+    <w:rsid w:val="002E4F46"/>
+    <w:rsid w:val="002F141D"/>
+    <w:rsid w:val="002F7112"/>
+    <w:rsid w:val="002F7256"/>
+    <w:rsid w:val="003005D4"/>
+    <w:rsid w:val="00310D49"/>
+    <w:rsid w:val="0031132D"/>
+    <w:rsid w:val="00311458"/>
+    <w:rsid w:val="00312283"/>
+    <w:rsid w:val="003170FE"/>
+    <w:rsid w:val="00320159"/>
+    <w:rsid w:val="0032250D"/>
+    <w:rsid w:val="003235BB"/>
+    <w:rsid w:val="00330B2C"/>
+    <w:rsid w:val="00331117"/>
+    <w:rsid w:val="00331D1A"/>
+    <w:rsid w:val="00332476"/>
+    <w:rsid w:val="00333212"/>
+    <w:rsid w:val="003345E6"/>
+    <w:rsid w:val="003432BD"/>
+    <w:rsid w:val="00343F5F"/>
+    <w:rsid w:val="003443F5"/>
+    <w:rsid w:val="00346E83"/>
+    <w:rsid w:val="003479DF"/>
+    <w:rsid w:val="003632D9"/>
+    <w:rsid w:val="003644E1"/>
+    <w:rsid w:val="00374B3C"/>
+    <w:rsid w:val="00374C2A"/>
+    <w:rsid w:val="003757BB"/>
+    <w:rsid w:val="00375E98"/>
+    <w:rsid w:val="0038169A"/>
+    <w:rsid w:val="00382833"/>
+    <w:rsid w:val="00384C78"/>
+    <w:rsid w:val="003901D6"/>
+    <w:rsid w:val="00394A39"/>
+    <w:rsid w:val="00394C22"/>
+    <w:rsid w:val="003A4719"/>
+    <w:rsid w:val="003A6A90"/>
+    <w:rsid w:val="003A6C00"/>
+    <w:rsid w:val="003A7060"/>
+    <w:rsid w:val="003A7AD6"/>
+    <w:rsid w:val="003B3397"/>
+    <w:rsid w:val="003B7691"/>
+    <w:rsid w:val="003C6F84"/>
+    <w:rsid w:val="003D0AC3"/>
+    <w:rsid w:val="003D1946"/>
+    <w:rsid w:val="003D4B95"/>
+    <w:rsid w:val="003E114C"/>
+    <w:rsid w:val="003F0A8C"/>
+    <w:rsid w:val="00403488"/>
+    <w:rsid w:val="0040494F"/>
+    <w:rsid w:val="00404C20"/>
+    <w:rsid w:val="004054AD"/>
+    <w:rsid w:val="0040582E"/>
+    <w:rsid w:val="004070FF"/>
+    <w:rsid w:val="00413CBC"/>
+    <w:rsid w:val="00420FD1"/>
+    <w:rsid w:val="00424F0D"/>
+    <w:rsid w:val="00427BC1"/>
+    <w:rsid w:val="004318DF"/>
+    <w:rsid w:val="00436A45"/>
+    <w:rsid w:val="0043764A"/>
+    <w:rsid w:val="00442108"/>
+    <w:rsid w:val="00447262"/>
+    <w:rsid w:val="00447CF9"/>
+    <w:rsid w:val="00450AE1"/>
+    <w:rsid w:val="004560EA"/>
+    <w:rsid w:val="00464374"/>
+    <w:rsid w:val="00465C1E"/>
+    <w:rsid w:val="0047762A"/>
+    <w:rsid w:val="0048379F"/>
+    <w:rsid w:val="0048421C"/>
+    <w:rsid w:val="00486F82"/>
+    <w:rsid w:val="00497372"/>
+    <w:rsid w:val="00497AEC"/>
+    <w:rsid w:val="004B47C9"/>
+    <w:rsid w:val="004B7304"/>
+    <w:rsid w:val="004C77B6"/>
+    <w:rsid w:val="004D197C"/>
+    <w:rsid w:val="004D2234"/>
+    <w:rsid w:val="004D2240"/>
+    <w:rsid w:val="004D2CA7"/>
+    <w:rsid w:val="004D3117"/>
+    <w:rsid w:val="004D460C"/>
+    <w:rsid w:val="004D486F"/>
+    <w:rsid w:val="004D6587"/>
+    <w:rsid w:val="004D680E"/>
+    <w:rsid w:val="004E1A6F"/>
+    <w:rsid w:val="004E36D9"/>
+    <w:rsid w:val="004E3D3F"/>
+    <w:rsid w:val="004E508C"/>
+    <w:rsid w:val="004F196F"/>
+    <w:rsid w:val="004F6C4E"/>
+    <w:rsid w:val="00502462"/>
+    <w:rsid w:val="0051366A"/>
+    <w:rsid w:val="0053011C"/>
+    <w:rsid w:val="00531336"/>
+    <w:rsid w:val="00534752"/>
+    <w:rsid w:val="005363F1"/>
+    <w:rsid w:val="005365E8"/>
+    <w:rsid w:val="00537167"/>
+    <w:rsid w:val="00537FA9"/>
+    <w:rsid w:val="00543A4A"/>
+    <w:rsid w:val="00545191"/>
+    <w:rsid w:val="00545EAD"/>
+    <w:rsid w:val="005470DC"/>
+    <w:rsid w:val="00554B01"/>
+    <w:rsid w:val="00555D6B"/>
+    <w:rsid w:val="00566DDE"/>
+    <w:rsid w:val="005704D9"/>
+    <w:rsid w:val="005806E9"/>
+    <w:rsid w:val="0058384C"/>
+    <w:rsid w:val="00585FED"/>
+    <w:rsid w:val="00586C34"/>
+    <w:rsid w:val="005877BE"/>
+    <w:rsid w:val="00587BA8"/>
+    <w:rsid w:val="005A2060"/>
+    <w:rsid w:val="005A36D6"/>
+    <w:rsid w:val="005A3A30"/>
+    <w:rsid w:val="005A4256"/>
+    <w:rsid w:val="005A7F6E"/>
+    <w:rsid w:val="005B10F1"/>
+    <w:rsid w:val="005B4EB8"/>
+    <w:rsid w:val="005C0FFB"/>
+    <w:rsid w:val="005C3239"/>
+    <w:rsid w:val="005C32D4"/>
+    <w:rsid w:val="005C34A4"/>
+    <w:rsid w:val="005D7EF6"/>
+    <w:rsid w:val="005D7F85"/>
+    <w:rsid w:val="005E01BE"/>
+    <w:rsid w:val="005E2140"/>
+    <w:rsid w:val="005F1F90"/>
+    <w:rsid w:val="005F246E"/>
+    <w:rsid w:val="005F2993"/>
+    <w:rsid w:val="005F4F21"/>
+    <w:rsid w:val="005F69ED"/>
+    <w:rsid w:val="005F7ECA"/>
+    <w:rsid w:val="006027DD"/>
+    <w:rsid w:val="00602985"/>
+    <w:rsid w:val="00602E47"/>
+    <w:rsid w:val="00606B1A"/>
+    <w:rsid w:val="0061555B"/>
+    <w:rsid w:val="006173C2"/>
+    <w:rsid w:val="00623EE1"/>
+    <w:rsid w:val="006267F7"/>
+    <w:rsid w:val="00627284"/>
+    <w:rsid w:val="00627B66"/>
+    <w:rsid w:val="00632536"/>
+    <w:rsid w:val="00633995"/>
+    <w:rsid w:val="00637661"/>
+    <w:rsid w:val="006454C9"/>
+    <w:rsid w:val="00647B85"/>
+    <w:rsid w:val="00647BD9"/>
+    <w:rsid w:val="00647F4A"/>
+    <w:rsid w:val="0065061F"/>
+    <w:rsid w:val="00655B01"/>
+    <w:rsid w:val="006572FD"/>
+    <w:rsid w:val="00671CDE"/>
+    <w:rsid w:val="0067360C"/>
+    <w:rsid w:val="00682698"/>
+    <w:rsid w:val="00685658"/>
+    <w:rsid w:val="006A2AFB"/>
+    <w:rsid w:val="006A7B1F"/>
+    <w:rsid w:val="006B63FB"/>
+    <w:rsid w:val="006B7753"/>
+    <w:rsid w:val="006C5F61"/>
+    <w:rsid w:val="006C7E01"/>
+    <w:rsid w:val="006D4CF4"/>
+    <w:rsid w:val="006D4DFB"/>
+    <w:rsid w:val="006D6FF1"/>
+    <w:rsid w:val="006E153B"/>
+    <w:rsid w:val="006E1C67"/>
+    <w:rsid w:val="006F14D5"/>
+    <w:rsid w:val="006F2EA1"/>
+    <w:rsid w:val="0070429C"/>
+    <w:rsid w:val="0070429D"/>
+    <w:rsid w:val="0070573C"/>
+    <w:rsid w:val="0070724A"/>
+    <w:rsid w:val="0071758E"/>
+    <w:rsid w:val="00720C4E"/>
+    <w:rsid w:val="00720E38"/>
+    <w:rsid w:val="00725888"/>
+    <w:rsid w:val="00725AFF"/>
+    <w:rsid w:val="00726EEE"/>
+    <w:rsid w:val="00732002"/>
+    <w:rsid w:val="00735F97"/>
+    <w:rsid w:val="007429E7"/>
+    <w:rsid w:val="007431C8"/>
+    <w:rsid w:val="00744D22"/>
+    <w:rsid w:val="00755ED6"/>
+    <w:rsid w:val="00763B6E"/>
+    <w:rsid w:val="00763EB4"/>
+    <w:rsid w:val="00775FA6"/>
+    <w:rsid w:val="007834E0"/>
+    <w:rsid w:val="007876BC"/>
+    <w:rsid w:val="007A2032"/>
+    <w:rsid w:val="007A2BBD"/>
+    <w:rsid w:val="007B0FE4"/>
+    <w:rsid w:val="007C096A"/>
+    <w:rsid w:val="007C20D1"/>
+    <w:rsid w:val="007C2105"/>
+    <w:rsid w:val="007C22F5"/>
+    <w:rsid w:val="007C3CE7"/>
+    <w:rsid w:val="007C60A0"/>
+    <w:rsid w:val="007C7AE4"/>
+    <w:rsid w:val="007D0E2B"/>
+    <w:rsid w:val="007D122C"/>
+    <w:rsid w:val="007E3B83"/>
+    <w:rsid w:val="007E66B8"/>
+    <w:rsid w:val="007F23A7"/>
+    <w:rsid w:val="007F54AA"/>
+    <w:rsid w:val="00800EAB"/>
+    <w:rsid w:val="00802DEB"/>
+    <w:rsid w:val="00803C4E"/>
+    <w:rsid w:val="00804FEA"/>
+    <w:rsid w:val="0080720B"/>
+    <w:rsid w:val="00810B41"/>
+    <w:rsid w:val="008112D6"/>
+    <w:rsid w:val="008128D3"/>
+    <w:rsid w:val="0082351B"/>
+    <w:rsid w:val="00830E0E"/>
+    <w:rsid w:val="00842DC4"/>
+    <w:rsid w:val="00847F61"/>
+    <w:rsid w:val="0085285B"/>
+    <w:rsid w:val="00854013"/>
+    <w:rsid w:val="008623FD"/>
+    <w:rsid w:val="008628A0"/>
+    <w:rsid w:val="00891F2D"/>
+    <w:rsid w:val="00896911"/>
+    <w:rsid w:val="008A49EA"/>
+    <w:rsid w:val="008A67C1"/>
+    <w:rsid w:val="008B4F18"/>
+    <w:rsid w:val="008B6095"/>
+    <w:rsid w:val="008C37F6"/>
+    <w:rsid w:val="008C7E35"/>
+    <w:rsid w:val="008D7035"/>
+    <w:rsid w:val="008E5247"/>
+    <w:rsid w:val="008E621F"/>
+    <w:rsid w:val="008E6D9F"/>
+    <w:rsid w:val="008F60D3"/>
+    <w:rsid w:val="009044B8"/>
+    <w:rsid w:val="009124DB"/>
+    <w:rsid w:val="009244B8"/>
+    <w:rsid w:val="00927767"/>
+    <w:rsid w:val="00942B7F"/>
+    <w:rsid w:val="009566A4"/>
+    <w:rsid w:val="0096016F"/>
+    <w:rsid w:val="00960A89"/>
+    <w:rsid w:val="00966D0C"/>
+    <w:rsid w:val="009678AC"/>
+    <w:rsid w:val="00975E2A"/>
+    <w:rsid w:val="00983193"/>
+    <w:rsid w:val="00984974"/>
+    <w:rsid w:val="00992B47"/>
+    <w:rsid w:val="009B364A"/>
+    <w:rsid w:val="009B4B66"/>
+    <w:rsid w:val="009B7995"/>
+    <w:rsid w:val="009C1D8D"/>
+    <w:rsid w:val="009C6E9F"/>
+    <w:rsid w:val="009E553E"/>
+    <w:rsid w:val="009E5C48"/>
+    <w:rsid w:val="009F0492"/>
+    <w:rsid w:val="009F1654"/>
+    <w:rsid w:val="009F4F9D"/>
+    <w:rsid w:val="00A0465E"/>
+    <w:rsid w:val="00A1377A"/>
+    <w:rsid w:val="00A13FA2"/>
+    <w:rsid w:val="00A1458F"/>
+    <w:rsid w:val="00A22C32"/>
+    <w:rsid w:val="00A367D9"/>
+    <w:rsid w:val="00A371EC"/>
+    <w:rsid w:val="00A40483"/>
+    <w:rsid w:val="00A42867"/>
+    <w:rsid w:val="00A462DA"/>
+    <w:rsid w:val="00A50FBC"/>
+    <w:rsid w:val="00A522F7"/>
+    <w:rsid w:val="00A54835"/>
+    <w:rsid w:val="00A5751F"/>
+    <w:rsid w:val="00A65167"/>
+    <w:rsid w:val="00A80431"/>
+    <w:rsid w:val="00A826F5"/>
+    <w:rsid w:val="00A82AB2"/>
+    <w:rsid w:val="00A85AC0"/>
+    <w:rsid w:val="00A91160"/>
+    <w:rsid w:val="00A94D4E"/>
+    <w:rsid w:val="00A95678"/>
+    <w:rsid w:val="00A97F82"/>
+    <w:rsid w:val="00AA0C2E"/>
+    <w:rsid w:val="00AA18DA"/>
+    <w:rsid w:val="00AA5415"/>
+    <w:rsid w:val="00AA5F9D"/>
+    <w:rsid w:val="00AB7A3F"/>
+    <w:rsid w:val="00AC7631"/>
+    <w:rsid w:val="00AD04DC"/>
+    <w:rsid w:val="00AE0032"/>
+    <w:rsid w:val="00AE479E"/>
+    <w:rsid w:val="00AE619A"/>
+    <w:rsid w:val="00AE7FD4"/>
+    <w:rsid w:val="00AF108E"/>
+    <w:rsid w:val="00AF382C"/>
+    <w:rsid w:val="00AF6948"/>
+    <w:rsid w:val="00B00CE1"/>
+    <w:rsid w:val="00B03B5D"/>
+    <w:rsid w:val="00B05F81"/>
+    <w:rsid w:val="00B061FB"/>
+    <w:rsid w:val="00B1759C"/>
+    <w:rsid w:val="00B20A49"/>
+    <w:rsid w:val="00B214E1"/>
+    <w:rsid w:val="00B21BC7"/>
+    <w:rsid w:val="00B22B7C"/>
+    <w:rsid w:val="00B320A7"/>
+    <w:rsid w:val="00B36ABA"/>
+    <w:rsid w:val="00B37898"/>
+    <w:rsid w:val="00B42A18"/>
+    <w:rsid w:val="00B42F79"/>
+    <w:rsid w:val="00B44E3D"/>
+    <w:rsid w:val="00B45758"/>
+    <w:rsid w:val="00B552A6"/>
+    <w:rsid w:val="00B5635B"/>
+    <w:rsid w:val="00B72622"/>
+    <w:rsid w:val="00B748ED"/>
+    <w:rsid w:val="00B758B6"/>
+    <w:rsid w:val="00B836B1"/>
+    <w:rsid w:val="00B87DA3"/>
+    <w:rsid w:val="00B90D0A"/>
+    <w:rsid w:val="00B9394B"/>
+    <w:rsid w:val="00B94199"/>
+    <w:rsid w:val="00B97696"/>
+    <w:rsid w:val="00BB1562"/>
+    <w:rsid w:val="00BB47FB"/>
+    <w:rsid w:val="00BC071A"/>
+    <w:rsid w:val="00BC2157"/>
+    <w:rsid w:val="00BC3894"/>
+    <w:rsid w:val="00BC6881"/>
+    <w:rsid w:val="00BC7525"/>
+    <w:rsid w:val="00BD0072"/>
+    <w:rsid w:val="00BD08AE"/>
+    <w:rsid w:val="00BD0BB0"/>
+    <w:rsid w:val="00BD7571"/>
+    <w:rsid w:val="00BE7227"/>
+    <w:rsid w:val="00BF0F18"/>
+    <w:rsid w:val="00BF37EF"/>
+    <w:rsid w:val="00BF7DDB"/>
+    <w:rsid w:val="00BF7EA3"/>
+    <w:rsid w:val="00C01E30"/>
+    <w:rsid w:val="00C16A96"/>
+    <w:rsid w:val="00C16F13"/>
+    <w:rsid w:val="00C17BB5"/>
+    <w:rsid w:val="00C23912"/>
+    <w:rsid w:val="00C34C6A"/>
+    <w:rsid w:val="00C352F6"/>
+    <w:rsid w:val="00C35587"/>
+    <w:rsid w:val="00C40C60"/>
+    <w:rsid w:val="00C47B82"/>
+    <w:rsid w:val="00C5021F"/>
+    <w:rsid w:val="00C51DBB"/>
+    <w:rsid w:val="00C5392F"/>
+    <w:rsid w:val="00C540D3"/>
+    <w:rsid w:val="00C54C4F"/>
+    <w:rsid w:val="00C55658"/>
+    <w:rsid w:val="00C56479"/>
+    <w:rsid w:val="00C623B3"/>
+    <w:rsid w:val="00C664BC"/>
+    <w:rsid w:val="00C67BF1"/>
+    <w:rsid w:val="00C71794"/>
+    <w:rsid w:val="00C7211C"/>
+    <w:rsid w:val="00C750C8"/>
+    <w:rsid w:val="00C85254"/>
+    <w:rsid w:val="00C9316D"/>
+    <w:rsid w:val="00C95D89"/>
+    <w:rsid w:val="00CA215C"/>
+    <w:rsid w:val="00CA2885"/>
+    <w:rsid w:val="00CA6E52"/>
+    <w:rsid w:val="00CB2457"/>
+    <w:rsid w:val="00CC4085"/>
+    <w:rsid w:val="00CC69D3"/>
+    <w:rsid w:val="00CC7357"/>
+    <w:rsid w:val="00CD0F7A"/>
+    <w:rsid w:val="00CD1DF9"/>
+    <w:rsid w:val="00CD34BD"/>
+    <w:rsid w:val="00CD7181"/>
+    <w:rsid w:val="00CE0923"/>
+    <w:rsid w:val="00CE27A7"/>
+    <w:rsid w:val="00CE285F"/>
+    <w:rsid w:val="00CE3657"/>
+    <w:rsid w:val="00CF450B"/>
+    <w:rsid w:val="00D06BE5"/>
+    <w:rsid w:val="00D12084"/>
+    <w:rsid w:val="00D14451"/>
+    <w:rsid w:val="00D23621"/>
+    <w:rsid w:val="00D24028"/>
+    <w:rsid w:val="00D301FA"/>
+    <w:rsid w:val="00D318A6"/>
+    <w:rsid w:val="00D34E14"/>
+    <w:rsid w:val="00D3547F"/>
+    <w:rsid w:val="00D47858"/>
+    <w:rsid w:val="00D55F2F"/>
+    <w:rsid w:val="00D56149"/>
+    <w:rsid w:val="00D61B51"/>
+    <w:rsid w:val="00D62A7E"/>
+    <w:rsid w:val="00D645C8"/>
+    <w:rsid w:val="00D711BC"/>
+    <w:rsid w:val="00D73960"/>
+    <w:rsid w:val="00D74B31"/>
+    <w:rsid w:val="00D77A24"/>
+    <w:rsid w:val="00D811FB"/>
+    <w:rsid w:val="00D835AA"/>
+    <w:rsid w:val="00D858DD"/>
+    <w:rsid w:val="00D9023E"/>
+    <w:rsid w:val="00DA1E32"/>
+    <w:rsid w:val="00DA27A2"/>
+    <w:rsid w:val="00DB05E2"/>
+    <w:rsid w:val="00DB2306"/>
+    <w:rsid w:val="00DB3687"/>
+    <w:rsid w:val="00DC44AB"/>
+    <w:rsid w:val="00DD055E"/>
+    <w:rsid w:val="00DD4E13"/>
+    <w:rsid w:val="00DD648C"/>
+    <w:rsid w:val="00DE2F3A"/>
+    <w:rsid w:val="00DF468C"/>
+    <w:rsid w:val="00E01D65"/>
+    <w:rsid w:val="00E07FE0"/>
+    <w:rsid w:val="00E10714"/>
+    <w:rsid w:val="00E134E3"/>
+    <w:rsid w:val="00E167EB"/>
+    <w:rsid w:val="00E221A4"/>
+    <w:rsid w:val="00E22A55"/>
+    <w:rsid w:val="00E272D7"/>
+    <w:rsid w:val="00E27D2F"/>
+    <w:rsid w:val="00E33ACC"/>
+    <w:rsid w:val="00E36B4C"/>
+    <w:rsid w:val="00E437DF"/>
+    <w:rsid w:val="00E460F6"/>
+    <w:rsid w:val="00E63B5A"/>
+    <w:rsid w:val="00E70F7C"/>
+    <w:rsid w:val="00E73A2F"/>
+    <w:rsid w:val="00E76CFD"/>
+    <w:rsid w:val="00E80B07"/>
+    <w:rsid w:val="00E85224"/>
+    <w:rsid w:val="00E86277"/>
+    <w:rsid w:val="00EB0CB5"/>
+    <w:rsid w:val="00EB7B0E"/>
+    <w:rsid w:val="00EC527A"/>
+    <w:rsid w:val="00EC5A3C"/>
+    <w:rsid w:val="00EC6A70"/>
+    <w:rsid w:val="00EC7717"/>
+    <w:rsid w:val="00ED248A"/>
+    <w:rsid w:val="00ED3AD1"/>
+    <w:rsid w:val="00ED7A4E"/>
+    <w:rsid w:val="00EE001A"/>
+    <w:rsid w:val="00EE4FCB"/>
+    <w:rsid w:val="00EE71E5"/>
+    <w:rsid w:val="00EF5336"/>
+    <w:rsid w:val="00EF7E8D"/>
+    <w:rsid w:val="00F12961"/>
+    <w:rsid w:val="00F25084"/>
+    <w:rsid w:val="00F257EF"/>
+    <w:rsid w:val="00F338BD"/>
+    <w:rsid w:val="00F3787A"/>
+    <w:rsid w:val="00F43576"/>
+    <w:rsid w:val="00F46A54"/>
+    <w:rsid w:val="00F50F7C"/>
+    <w:rsid w:val="00F57451"/>
+    <w:rsid w:val="00F601F5"/>
+    <w:rsid w:val="00F66555"/>
+    <w:rsid w:val="00F66778"/>
+    <w:rsid w:val="00F6751C"/>
+    <w:rsid w:val="00F74466"/>
+    <w:rsid w:val="00F75C5C"/>
+    <w:rsid w:val="00F76C0D"/>
+    <w:rsid w:val="00F77D11"/>
+    <w:rsid w:val="00F803E0"/>
+    <w:rsid w:val="00F81100"/>
+    <w:rsid w:val="00F852D8"/>
+    <w:rsid w:val="00F9573E"/>
+    <w:rsid w:val="00F96CD3"/>
+    <w:rsid w:val="00F976BB"/>
+    <w:rsid w:val="00FA01C5"/>
+    <w:rsid w:val="00FA7B00"/>
+    <w:rsid w:val="00FA7CB5"/>
+    <w:rsid w:val="00FB02C3"/>
+    <w:rsid w:val="00FB3315"/>
+    <w:rsid w:val="00FB511E"/>
+    <w:rsid w:val="00FB7D5D"/>
+    <w:rsid w:val="00FC192D"/>
+    <w:rsid w:val="00FC2312"/>
+    <w:rsid w:val="00FC370B"/>
+    <w:rsid w:val="00FC3D2E"/>
+    <w:rsid w:val="00FC5501"/>
+    <w:rsid w:val="00FC5AF9"/>
+    <w:rsid w:val="00FD0A28"/>
+    <w:rsid w:val="00FD3AEF"/>
+    <w:rsid w:val="00FD66A6"/>
+    <w:rsid w:val="00FE2F4B"/>
+    <w:rsid w:val="00FE5D9B"/>
+    <w:rsid w:val="00FF312A"/>
+    <w:rsid w:val="00FF6476"/>
+    <w:rsid w:val="051A2285"/>
+    <w:rsid w:val="442240EF"/>
+    <w:rsid w:val="516A7FF2"/>
+    <w:rsid w:val="5B985F97"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2C8D80A7"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{7B510E08-301E-4539-8C19-9868E36B6429}"/>
+  <w14:docId w14:val="74E196C1"/>
+  <w15:docId w15:val="{3C23F972-E769-4E63-92DF-F3A498785431}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hyperlink" w:qFormat="1"/>
+    <w:lsdException w:name="FollowedHyperlink" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="annotation subject" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
+    <w:lsdException w:name="Balloon Text" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="Table Grid" w:uiPriority="39" w:qFormat="1"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-[...21 lines deleted...]
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-[...78 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
@@ -498,726 +24796,702 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="004E0883"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...180 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:color w:val="954F72"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...5 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="annotation reference"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="a9"/>
+    <w:next w:val="a9"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="ac"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="280" w:after="280"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004E0883"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af0">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:qFormat/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
+    <w:name w:val="WW8Num4z0"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="taxon-author">
+    <w:name w:val="taxon-author"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="anchor-text">
+    <w:name w:val="anchor-text"/>
+    <w:basedOn w:val="a0"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
+    <w:name w:val="Heading"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="ac"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="DejaVu Sans" w:hAnsi="Arial" w:cs="DejaVu Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...5 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
+    <w:name w:val="Index"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Рецензия1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="50">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContents">
+    <w:name w:val="Table Contents"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="60">
-[...56 lines deleted...]
-    <w:uiPriority w:val="10"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeading">
+    <w:name w:val="Table Heading"/>
+    <w:basedOn w:val="TableContents"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...68 lines deleted...]
-      <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
-[...4 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FrameContents">
+    <w:name w:val="Frame Contents"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
+    <w:name w:val="msonormal"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="font5">
+    <w:name w:val="font5"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000099"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl66">
+    <w:name w:val="xl66"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFF00"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl67">
+    <w:name w:val="xl67"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFF00"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl68">
+    <w:name w:val="xl68"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFF00"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="C00000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl69">
+    <w:name w:val="xl69"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl70">
+    <w:name w:val="xl70"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="C00000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl71">
+    <w:name w:val="xl71"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
-[...2 lines deleted...]
-    <w:uiPriority w:val="21"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl72">
+    <w:name w:val="xl72"/>
+    <w:basedOn w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="94DCF8"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-    <w:name w:val="Intense Quote"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl73">
+    <w:name w:val="xl73"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...4 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl74">
+    <w:name w:val="xl74"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ab">
-[...2 lines deleted...]
-    <w:uiPriority w:val="32"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl75">
+    <w:name w:val="xl75"/>
+    <w:basedOn w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-[...3 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl76">
+    <w:name w:val="xl76"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="C00000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl77">
+    <w:name w:val="xl77"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl78">
+    <w:name w:val="xl78"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl79">
+    <w:name w:val="xl79"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="CAEDFB"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1235,65 +25509,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1314,69 +25588,337 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps/>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030F9E4BDA29704489B14936BFC93C1E1" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc24936b75115f8dd913a0145f032c7e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="055c710e-0baa-439c-89d8-7a43e2b479d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="62615de3ce25403d576f6863c6509120" ns3:_="">
+    <xsd:import namespace="055c710e-0baa-439c-89d8-7a43e2b479d3"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="055c710e-0baa-439c-89d8-7a43e2b479d3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceDateTaken" ma:index="8" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69696B33-96D1-4B46-9264-7BB1875D81A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79CD0563-4690-4252-850C-A5239AAB8071}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="055c710e-0baa-439c-89d8-7a43e2b479d3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08FC8998-DB17-428F-B6B4-AAD89948614E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33B1F4C0-1D36-46FF-ADF8-03F2765DA198}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>4</Characters>
+  <Pages>2</Pages>
+  <Words>959</Words>
+  <Characters>2542</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>847</Lines>
+  <Paragraphs>875</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4</CharactersWithSpaces>
+  <CharactersWithSpaces>2626</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>t43155</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010030F9E4BDA29704489B14936BFC93C1E1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>1049-12.2.0.23196</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ICV">
+    <vt:lpwstr>46ED376CEA664621B00280E34DF7CA8E_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>