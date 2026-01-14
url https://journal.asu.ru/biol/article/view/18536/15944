--- v0 (2025-12-25)
+++ v1 (2026-01-14)
@@ -1,427 +1,37837 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w:rsidR="00700C7C" w:rsidRPr="004E0883" w:rsidRDefault="004E0883">
+    <w:p w14:paraId="3E0905E7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Supplementary material 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B343DBD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
+          <w:b/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>test</w:t>
+        <w:t>Table S2.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Taxonomical composition of shrub-herbaceous streamside communities </w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00700C7C" w:rsidRPr="004E0883">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9773" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2321"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="396"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E429BD" w14:paraId="34102A10" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:tblHeader/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E317F29" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00E429BD">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BE81957" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42210974" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="087481E2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A76D4D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A1917A3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAC9B03" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC390EA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="789B3E24" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76ABE2CF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B292998" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="352D7294" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B9160BF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03395615" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49A81D2C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51740E02" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C4A3838" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="765B9FD8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="0BBFE2D5" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B2A86BF" w14:textId="06A7F28B" w:rsidR="00E429BD" w:rsidRPr="00C90AAD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Shrub layer height</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (m)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59802C8B" w14:textId="2AFE450D" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2539C4B6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="343C4964" w14:textId="1712127B" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D861EA" w14:textId="764779CE" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="133106A8" w14:textId="6691151E" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD91ACB" w14:textId="586E3A17" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55E5CDB0" w14:textId="7348F771" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C10C103" w14:textId="109CC23B" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C97564" w14:textId="29264C4F" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A96D59" w14:textId="6470126F" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED4B804" w14:textId="60FFB6CF" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61A42C45" w14:textId="3D3E6C23" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72434375" w14:textId="5DEFD52E" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="197FCB07" w14:textId="2104DCDD" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="569C9832" w14:textId="729B2AC5" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50878909" w14:textId="2A0DF848" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA0F40F" w14:textId="506A2A0F" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="64CEDB8A" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B6DB0C3" w14:textId="006D19B8" w:rsidR="00E429BD" w:rsidRPr="00C90AAD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Shrub layer </w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>projective cover</w:t>
+            </w:r>
+            <w:r w:rsidR="00C90AAD">
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (%)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A230933" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D24B3A2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="140C19FB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F4D7AA4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A66B1DB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C1F4F3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDEF8AE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03F6DBFE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>50</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30625C44" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="487A70FF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C4DCDBE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FDAA319" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AFF550" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4662C206" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BA305A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>45</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DDD42B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>40</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73216FE7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>60</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="25B9B80F" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC92940" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Lycopodium lagopus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Laest. ex C. Hartm.) Zinserl. ex Kuzen.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36408093" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="639158D9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0A67AE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3858CC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78B37B19" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="18866AFD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C33DF4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="182CB5E0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="064A0C26" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61C0C301" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B05D5DB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E9F9E3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="502476AB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21E96BF8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12DFC783" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF5ABD5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44CDC98B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="5AB075D9" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D6D3C4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Lycopodium annotinum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C86E883" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E92A90E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6C5227" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35989ABB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A74B573" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A61DB7D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="072E14AB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DDB97D3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C5C39DE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3924C6AD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E6AA32" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="761C27B6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="312C725F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="112C66BA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F6DBA98" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F9C4EEE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8CE817" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="15A71BF8" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA5E837" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Equisetum arvense</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA4C69" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54E24E75" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E8B127" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E0E60E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE68C78" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A781DB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="032D731F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A62776" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E447A03" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0409B302" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03250602" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6429A2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="239DFA75" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9E135F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="115A1E8C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49529E3A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="018CE7D9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="468F56F9" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46E8AC0C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Equisetum fluviatile</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="671D1B1E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62A62C75" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C046730" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FF75861" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F066710" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33ACCB52" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0700E208" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="47EC0D32" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45C30B29" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="668FEF1F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AD56030" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D7E8CE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="440AF8BC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73F50C3A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE2F54C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FE93190" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="001F29B3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="5F68A727" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="040868FA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Larix sibirica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Ledeb.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AFEA81" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C42CBB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F4E1EA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="518BC1FF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="799E345E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="454BE718" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BED61C2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCC0161" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="295DBF08" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C7652C0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3251561C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75613926" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DDA63DD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E35CEE8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="614F67E8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E521004" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D3D3008" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7B65A965" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CE173EF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix rosmarinifolia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00297FD4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53199FFC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="191B7AB1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E3E88A1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="500C6865" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="070DD7B7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="391945F9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="199E27AB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6364862A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="227BD832" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0421AEF7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B41E112" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="496430E0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23B3EA34" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="482C84C9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EEF0030" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61E7243A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="01234C56" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06209037" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix glauca</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A493FA9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="571BFA47" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="675D655C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05066606" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6184A15C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="382F3491" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="060078F8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B2D70D9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="794F1BDB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AEC9765" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1178DAD5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="646FC876" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6A41B7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A67E412" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA5512C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4727B52A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="595DDE3A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="718E0354" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42343CFC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix pulchra</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69145CCC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D38EDD4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C08B130" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="148249BE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6553C68D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59F508D4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2860A5A7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EBFBC14" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C9F1EE3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F70B937" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="627E4925" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21C90C4D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38E9A31D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="762371C3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48D04B10" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79DC7D26" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ABA20EE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="3F5EFF59" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7022A88C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix phylicifolia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CA8E696" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A2FFB3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="663875EE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F1107B3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B612881" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="095BCBD6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21A784AB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3299693E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42673030" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB071EA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B0ED4A2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53000E49" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4430F2A4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24D95B8A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41998E6E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AF9EEDF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="214DC3D8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="6702DC06" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A76D6EB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix gmelinii</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1FCA30" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9C84F4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11A565AD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="113A59F1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06993FF5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40373F78" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="228AB18B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DC9D7E5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="036C4117" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B09BB1C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5C245E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CEC2C73" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B720CD2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7162B458" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72AD8EEC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0750F6CA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48184B05" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7C3BF356" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73BFD0E1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix lanata</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20BD4DDD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1960D029" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="321E6334" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52D07F1B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23A91803" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="290ADF77" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="212BB0CC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="242A5069" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="065B9EDF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EA7282" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5437A01F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75069642" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BF4961" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6EDB30" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DBAF2F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26DC6389" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE340DB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7CC0752C" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F32C18" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix myrtilloides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65EF6650" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3503D9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08E16E2F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4CA617" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="568C8FDA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="697793AE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B697339" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07761299" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B43698" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="379F5C35" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77A121CF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B9B0A1E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05E00DEC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F82D54C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="593DB826" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FCE673E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C5B7C68" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="4BB1FE4D" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E5C1F8D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Salix reticulata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F336D1E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62EDEC57" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C90BAA4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37551B24" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="56FF0DB1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11BD226F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FDEBBB7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED42895" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C25B272" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D3BA2D7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E313CE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="697BAFDB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="491665A9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B46DCF5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="689797AA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AA24DEB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F93FF32" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="20489F02" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0675A159" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Betula nana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69BB90D9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB0B38A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E4A5C1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72B790D0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="073B6225" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C30CC2F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4715D707" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE70AF9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="599CCDB8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F8CEED2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0CB2EC79" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="47268CF0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CF9A8C2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00CBDE97" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2826FE9B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B02392D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F5879E2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="5CC260B9" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D08C348" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Rubus chamaemorus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7438536E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FE59E98" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1701FBF9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="422C2F43" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="341DF2D6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BF9B8E1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36369855" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="677ED3D0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0790B1BA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54FED3E8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F1452FB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59C05002" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41CA3AFD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0645C2B9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4BD945" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21DB1066" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C10D4D8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="3CE3A8BD" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28057598" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Rubus arcticus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="747D20A2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F59CD93" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="333081CE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66F089FC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34EA73B2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="216543C4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44E57059" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3113DE60" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6246CCC2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="512A1E0B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57CF7798" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D2BD5C3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25B487FD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D1A8D7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B46EEDD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B4654F4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2435BEC1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="31FAB92F" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04CD1E19" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Comarum palustre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C086AD7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79F79810" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A91957A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E201FF2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="21764A5A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="520F2474" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29F6541A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A053ABE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65AB67EF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBF1EA7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E07DCE8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EB2B461" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68BED011" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B410C6A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09864276" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EB05765" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E15B62D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="366CAD90" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A9F1BEF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Solidago lapponica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44FF9430" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE4D2BA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3474E284" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0322BD98" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66D02950" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACDCBA3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="240A1A70" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32A4F595" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6E261F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05B98108" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3897B67F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F40EE85" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="690B299F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C48B9A3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D068C3D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3EDAE6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6960821E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="68A3DD2F" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="024B400A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Tanacetum bipinnatum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE46121" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="236EE9E3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="710F6B19" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="778CA2C7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="694DA081" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="62136A93" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DEC70F5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B61B88" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F4AF08B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FAF0EB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF93AEB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D561128" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09DCDF76" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7975609F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27089ACA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="102707EF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4468196A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="356931DA" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71694091" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Petasites frigidus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DDEFB7A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E625A74" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E34D39B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BA6B562" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15891C70" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4814B221" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D0273BA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="421E9B4F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B38FF64" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44AA6310" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A73E71" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="461368E4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71ABC59F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65C959F3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="788C9C69" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45595FE1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C01EC5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="6BDE0FC9" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FAA3A36" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Achillea impatiens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6087DE11" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="575F11B5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75373D4B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63375FB4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E5F6729" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D0589E2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28874B7D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6967D093" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EB99342" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40532E7B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="522B06EA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57B51DDE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A47A5D6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B1FAEE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF43D6D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E54495" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D84D4A1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="682DFDB5" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4110700E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Arnica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>iljinii</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>(Maguire) Iljin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EA7A16E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FE8B25A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D0F2C24" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A1D4E3F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="314FB9AE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A93062D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5560CE81" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DDF02C0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F79826C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="238D610C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D0CDEC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="427891EE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26831DF9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F21A104" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="182ADBD7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F408239" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D0AA9C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="2376BEC9" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="476AFD31" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Hieracium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> sp.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E8024FA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45178567" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3265A08D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FCD1CC8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AD62382" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="041D2000" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C615785" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D677A02" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C07FC2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34F21802" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="468FD919" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17885BCB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="653627B3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="699DFDA1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D17F023" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A646913" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="091FC935" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="2D0B6AA2" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D81F844" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Myosotis palustris</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E1E1AFA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03FDAD3C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35EB840E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2735DBD6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="583F76E9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C19E24" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FDC8838" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A62AE94" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06D01C44" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D90E87" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A0F493B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77791D65" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C699809" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79FA8448" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB1B778" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ED82D11" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3645C10A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="42D95A85" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A06A610" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Polemonium caeruleum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1D8C27" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="749693EC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB5CA2E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C1A33E3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64453187" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D89EC5F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F3DDAAB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42FAAA03" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25591167" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64FD6DDD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="696CA221" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0794CCF2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7287042D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40B82F41" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="74F9A2A8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E20344" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A4017A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="371230EF" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="277278CF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Geranium krylovii</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Tzvelev</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D916487" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCA8C3F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E733ACE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05A3DCA9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A55017A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A26AD77" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28D989B8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C85295E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B90C69A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C1FD869" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CBE2583" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35B1E59D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04C27568" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="331EC131" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DE6474C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="464A07ED" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="211ED65B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="3FFF4008" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEC0C6D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Micranthes nelsoniana</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DA59601" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44786720" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A190A65" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB0A162" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C2BD42A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48772580" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DE67BF7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E2E6BC1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E8875B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="049D8966" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AACD1A4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F35446" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BF4D727" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AEE9EDA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F50E710" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DBD30CC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E05CFBB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="3AE8E447" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E483990" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Chrysosplenium sibiricum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Ser. ex DC.) A.P. Khokhr.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73D52E2A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5458EDD4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72A8BF7F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC7510A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F7CC7AC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0104DF90" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33015521" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="552BA735" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06BA87E4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CFBF9B7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29A7AAB0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="204BE72C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AF05688" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="11346731" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="226776BA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="764292B0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="730250F6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="2082008B" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="138A5BD3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Trollius asiaticus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DF173EF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="72F98032" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68B7FF57" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75CB8C23" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CCC0B42" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AD8B638" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D37AFA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A21B398" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39F3A1D7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="529483DB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26933EBA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79DA3B0F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4418B851" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0363DDA9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="293B54E4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64348704" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E2C9CA3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="69896914" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="365B9A7B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ranunculus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>lapponicus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73422D2F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CCC4F5F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="550DCD8C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D934C21" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DC406A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA005B7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="580803D6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46881816" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E10DAAF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17A24B7C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48369AB4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D9D03E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C16C718" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E0C534" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69FA1B6D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AFB2600" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FED9C13" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="736A5377" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57911ED9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ranunculus propinquus</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> C.A. Mey.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75594AF6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D9DC14A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="280D32E3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D6603D0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DACF1C4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC3D6AE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A0F8908" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2108DE1C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C3DA8B8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="147E7ECD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53D33DF0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69FBF441" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01D65A2D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="174E2DCB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D3F7621" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76A38F00" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB1E9FC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="0F2ADF29" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51110439" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ranunculus pallasii</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Schltdl.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14DBF2A0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54F79786" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="397CE0BF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C6DCE7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16153168" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4615320E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="362E23AB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="231B3622" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65F8761D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D8267B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A48FE66" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D544DFF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1640F94B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A87AED" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B80B748" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54040F2F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AC76999" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="36FB2C11" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ABFF3CB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Viola epipsiloides</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Á. Löve &amp; D. Löve</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30F8B306" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FF8C5D2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C9DE8F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6BE28C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51DF0374" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="739456E0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD5B222" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D1F8569" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D4DFCCA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43E79D96" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="279552EB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="269AC987" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B3216D0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BA1EA13" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D9DC3CD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="686D74B3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A22E014" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7FF5DDE6" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD668FB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Conioselinum tataricum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Hoffm.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28865919" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4514EDD9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EF56889" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37B82D48" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FADF102" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F03A900" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A774596" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CB54424" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7103D8D7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA2A00D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68E2D495" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61024B5E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30123CED" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46B81987" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FB82A2F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77371441" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1710F0E2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="187D24F3" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="164EAB8E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pedicularis labradorica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="631828BF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30E01023" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED7E602" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9FA5A7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16A2EA16" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02FB0F7C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="748DB214" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AF5A5A5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE0AFF1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12CA73EA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCD96CB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="191EF231" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="533E12CC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F640384" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AE7858B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EFAEDE0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B84960C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7176932C" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="13FF48E9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Pedicularis sudetica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Willd. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="439CC2D3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FEAEA9F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2237CB07" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5174895C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC662A3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BC30DB7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F1DAC2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D61FD92" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6349B39C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D7C6554" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48481272" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FF86B78" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="483F9C15" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B53A207" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="627BBC8F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FFDA7DF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="011DDB66" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="39D5E892" w14:textId="77777777" w:rsidTr="00C90AAD">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CF8E4E3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Veronica longifolia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2371BF0B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DBAD619" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B45366" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F0537D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79BF974E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="461C94AE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5180AF1A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50CA54C2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D2267EC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF9B395" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="256B35DE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFE5E37" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65713247" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42A2C6E1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79B46D97" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DD417A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5825B677" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0878A7E2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00E429BD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="9773" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2321"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="396"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+        <w:gridCol w:w="441"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00E429BD" w14:paraId="67F3FC0C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17CD475F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00E429BD">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3937B8D1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B9F156" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6C27B0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>13</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="193B74AA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>14</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="18F75C8D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64A648F0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>16</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A491679" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>17</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40F00064" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="524BCD66" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4113B06D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B640E6E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="388A5AB8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>22</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EC706A2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>23</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24563AC3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>24</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B191060" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>25</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B95FBEF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>26</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33EEB71F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>27</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="56C73F13" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="161945C2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Chamaenerion angustifolium</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6295DE71" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A839362" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B9D385" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F462A5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="357918CD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B9478B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BFA5585" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DAFA7BD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26C2AEAA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B381A8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2281D1F7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6960B297" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DB03E18" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D4B067F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3244FF91" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C0D37D1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4223141C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="3EFD3C8D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CBB1FE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Galium boreale</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05781AF1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAE55D5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A1FB4C2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D662B00" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="638C8580" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20EA6BEC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C3B1034" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E98211" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="792FA495" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C9E33D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="631F5F6B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="459C77EB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EB1495D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12584A35" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6023896D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E5C00F3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A9D48C3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="52A8D295" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1408D3A7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Galium brandegei</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> A. Gray</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AC6CC2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ED52611" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="122240FB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="472398C0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BA7E71A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="335992C2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E5FECCE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="110C4386" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E87375C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4463896E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="399C25F7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="366948E0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="001D928B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="098B97D2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B4C050B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E6A503A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F949871" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="1E8DAC36" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="31A38C6D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Galium uliginosum</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A4EF375" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71DEC2BE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09E1DACE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3893B3FA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="156C5EEE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79829385" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="216244F6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51FC5DB8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59A43934" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C33662C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AE35724" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E92B98C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DE515EA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="288674C5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="493A7D56" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63E728ED" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="361A0063" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7E0B4DA3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1449B7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Trientalis europaea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="715CD0DD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="10C590E5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0654562B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C7A7334" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30A28BF3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66DFBF11" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="30B1EE8E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35198F55" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="309C903D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01563E45" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="649F82D4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="566AEDD6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F33027B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="42F31D6C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03BC91ED" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7436F4D4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B5B7102" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="34CE40E4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12AE666C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Linnaea borealis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="479BE89E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4337D5C2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50103D94" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A174942" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A623170" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="740F3B99" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="076E5957" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6622B7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C4EA496" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="700D1416" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40C88B1A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="688D28B4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A5F6D71" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09F638AF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E940A1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20613D07" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D6EF588" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="621AA743" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="679C468A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Ledum palustre</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="714B028F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65AE0D66" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61450028" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F23F345" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="113877C2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E571136" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D3C2640" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="779432B9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B6ADC5F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D94D10D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71249D76" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B9AB7C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01F47204" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="19C6BF40" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="78A3ABC7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A01E49C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75ABFD20" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7A04696F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="338FB23F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Andromeda polifolia</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AB5ECDC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="204C82D3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="32439665" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65ED6DF1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="609F9ACE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6602AC06" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F8E3E32" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EF4B9BC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D865CA0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="569C6594" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F1B78E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C1BA5CA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB4231A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="58B38BDD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B097AF1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35BE71B4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="661CCD7F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="45389AB8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="164DC189" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Vaccinium uliginosum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40066223" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FEFA97D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3845F2E8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E848798" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D52BFD6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A966B0E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1795CABC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="688F4F2F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CDDA373" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD469C4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="18EA48C4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EF64265" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="785E098F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AA1B04E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F575D4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5EB62985" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D63B58D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7BD8A73C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27945D09" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Vaccinium vitis-idaea</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> subsp. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>minus</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01C1F418" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08BDFDAF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB9E88E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="261B9972" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BDA7D83" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="580DCEEC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24C826C0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D83669F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2504B78E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41029B9A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C1834B2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67AA4AA8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AFEFF81" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="739C9DA0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A57F1F1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AE99D43" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F431710" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="171C5DDF" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4194B4B0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Campanula rotundifolia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00E4A293" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E3DA4B0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE3D21F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2800E0EE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C1D311" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5ACB0D63" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ACD837B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7939CA77" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="39192DB1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15FABFE3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA0201C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CFCB84C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16372B8E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D8EA84C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="44DB50EA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CBBEAAA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="40264470" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="77A2D8F3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3649FE0B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Cerastium arvense</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FA3B127" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55D0181B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B39B613" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="600AD0D1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="19F9BA92" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C7721F2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="215E0F84" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3086032F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2034FFD0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C468AF5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="294D9BEB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="216341B7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77DCDDEC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F3A9BC5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3676CA48" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="063AED6C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DB303BB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="31983A7F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D69CF13" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Stellaria peduncularis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F39DBDA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09B40CC5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B5A9B7C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E0BCD8C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65D9441B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B16AE40" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1027C36A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60807E24" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C74139B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C20E3B2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24CBFAF5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="406753EF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="570BC3E0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="79665039" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="65209177" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D797EB0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="28FDF477" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="2E92FD93" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3808D5A1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Stellaria palustris</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Retz. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45F863DE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="651C2871" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04486D5E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69985B5B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F59258" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFBFD1B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D29C50E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46799888" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="41DD695B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="661F9AA1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="657BF2C5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F1D5910" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03EEB16E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77196AAD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="251E6503" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A15E8CD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5590C99A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="3F84986B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5816C811" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Moehringia lateriflora</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (L.) Fenzl</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D0621F1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F511EB9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="161488EF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CD5F7B1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="278C03FD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4181CDB6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BBD9FED" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24AD14A7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EFDFE12" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1108C33F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1836FF09" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E2CA20" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6770D689" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EE32659" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4329B5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AA3C484" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77B6EBE5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="62724324" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD80DD2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Hedysarum arcticum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67972008" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BB4BE94" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50000E47" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D30A3D1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E096397" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="093E6975" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A605990" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D58BBA9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="70240DC5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3231346E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="24B52F2A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55DF1182" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69AF8B5B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E8207D1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D7283AA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D31E714" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E7AA756" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="55385B88" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54869F0F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Cardamine nymanii</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Gand.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B90DA44" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F12380D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FCF9ED" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C0CE393" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="05833627" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15C12F0B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F36674E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5525D88D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27F1826C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="772543F8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BAD8005" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A1534A0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A90E539" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43B6825D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB40EA3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55A26FC9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A7536D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7652F5D6" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E1C4F90" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Bistorta vivipara</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F253B60" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6263B9A6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26D60519" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B8E6A38" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="218DD3E4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="59069AE2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D70ADC2" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C6EDA1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68970098" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="03FEAF86" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CA05529" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DEFE98D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="47DF9007" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66A53328" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AA884D5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DFCD085" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46D862CC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="363CD934" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67AE08C1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Bistorta elliptica</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Willd. ex Spreng.) Kom.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A92B140" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08A6B5A0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E9278A3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="542B0A49" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12368324" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5051AFC7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="68D14BDE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4058770A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CDB89FC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D4949BC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F9E8C2F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3074CD94" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BFF6CD4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60FEAE1F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="256AC271" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BB2211A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BAC90D3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="595DC8AA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57655E9B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Veratrum lobelianum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EB3B6B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69537347" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="417A4ADA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B9661CB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23325EFF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E732398" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02295896" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07382838" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="106BA8E4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D3AF44F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="29BB3BDA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF3DE6C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CA88441" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="27E6777C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F82A551" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="620CE306" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="236E4BC7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="39517774" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DE80483" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Luzula multiflora</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> subsp. </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>ibirica</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4901FEDD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C9B4610" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BDBD597" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B9DCC68" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FB7A7B8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="53AA13EF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3ECBACB6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26ADA9BF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F55BFE1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="47AEFD1E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F3154C6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="428DE07C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57E9C37F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFDBFCB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4AB3B4B9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B28FF36" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ED3AAF0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="7DA7589A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="056074D0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Luzula nivalis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="606DF09B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="74B4481E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="433F909F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="789C08FD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1511BAF6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="643E3C51" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="429CDE2C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1704034C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FFF2EC3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BB1B280" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7B19B329" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23FB23DB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="749B5B0D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07010167" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C9F93AD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20F123B9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF43BCF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="6A6B5F24" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17FEF513" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Luzula wahlenbergii</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B0C8763" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AB29E42" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="516E13C8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06F9B647" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34D2745F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="08C72B4B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BD49A5C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0632AB85" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60EAB69A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="276C0F02" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77888A21" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C27FBFD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34FAF73F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AEBF9AA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="69D5B710" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46DCC584" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E923797" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="123546AB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="342DC644" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Calamagrostis langsdorffii</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B1BDE8A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57354B0B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="328CC8F4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E05F7F4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26063824" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A47127" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A95C839" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2F117E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBEE000" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="34A40F95" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F687B8" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="50C16759" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A6A271" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61B28C1C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="19B5FDD1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="75D70720" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="55394C69" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="03B0BCB5" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="20E4BE87" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Alopecurus pratensis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="026E018F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="513E8D7C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="67C6B346" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4CD8847B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="295F4CC9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4811764A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60F3C25B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02741639" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A85312B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22BC1BC3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2581C9DB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F298B01" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77C6AB42" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BA4F399" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2221E85C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="09DBD89B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="52117B37" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="6956B9BA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="315"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E44296C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Poa pratensis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F5DA85" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DCCE253" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38138B54" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60D4F50C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64C9BDE6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A871A04" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BFDCFCA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="73194508" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B7A3D24" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B886406" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A71FAC5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51AE2112" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="203790A6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EB4F35E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EE9266D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="61741629" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D8318AF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="767F3F58" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F2011B3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Eriophorum angustifolium</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Honck.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C53E6E7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="49CE14D1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="02017B28" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DDE7039" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2983E126" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43614040" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="04EAC21A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D2513AC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5270781D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FBCC714" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="482E1C3D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BFE1F10" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EFA668E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="773D22D5" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6E4FFE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="45FFC4F9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00346E7C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="388689E0" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AAE0AEF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Eriophorum vaginatum</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51E62D58" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06665D7E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="201D5A0E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2114962B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DD1A340" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E70877E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E0AE449" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E4937F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="35FB33D9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0100D4F7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F6C600" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="71169F4D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BEA463F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3595A518" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="48EB6B20" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A798990" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="739F121B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="32BD9C47" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6417CA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex ensifolia</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="46F169D0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="36752AB4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="47F40293" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="77138A4E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43ADC86C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CEEBB43" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D92E5FC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="378DDD13" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5866E45D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E53A20B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="697C6D2A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6574D71F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E6DAB8F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="605B6AFC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E241DD0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A988D5A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="097398E7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="58A9A74F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F2118C6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex rotundata</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Wahlenb.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23C03AA0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2095C5AC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2CCD1E25" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="540A2FEE" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25DDAA09" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="43D0D650" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DBA99FF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AB2AACC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="734F21CF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DD0E9E7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="12AA0562" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F9D3880" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D8D4D4E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60DB9C20" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="64015BF4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="233181CC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D4D4700" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="02401741" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F847982" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex acuta</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> L.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="18365B14" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7850C2A3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D47E625" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A54E7E4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0650F67D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B0CD906" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE9D2F" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B110464" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="06E254E3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="33DF32F3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="14B26DBF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C28E738" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="683B16F9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DED412C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="51EA1258" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BCEA040" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E66867" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="1501D057" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FC8D84D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex aquatilis</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t> Wahlenb.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="071EEAF4" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4828491D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4C89B966" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A9A4C0E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C64924B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="694D45F3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54815B1C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0191273A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="389A9EAF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC66569" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C2D372D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DAA7E82" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="00C40DCF" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C5263BC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FC92392" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="6266A294" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1678026D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="5914BFB3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01A24AB0" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex canescens</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A17F470" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="140956DD" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="455629FC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15959040" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CBA9B7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="113A8961" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DB5150D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="76F539C9" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B6B859" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="54CB1090" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D47432D" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E8C72E" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A2DDB2B" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3DE7F3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DF83243" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="15AD1E24" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D6A10D6" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w14:paraId="5959D910" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2321" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C0B2DB1" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Carex globularis</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="23E495DA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="396" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="135588AA" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5368ABA3" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="718D69CC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5920B24A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5664B266" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="701CD402" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CFE5294" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="63B2C95C" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CE3C734" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>+</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="295E0E9A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="1862F553" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="276A40A7" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="323F15CB" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="3933DF65" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="160DE695" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="441" w:type="dxa"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E53A125" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>·</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E429BD" w:rsidRPr="00C90AAD" w14:paraId="19597EDB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9773" w:type="dxa"/>
+            <w:gridSpan w:val="18"/>
+            <w:noWrap/>
+            <w:vAlign w:val="bottom"/>
+          </w:tcPr>
+          <w:p w14:paraId="66E925BC" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:suppressAutoHyphens w:val="0"/>
+              <w:jc w:val="both"/>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-US" w:eastAsia="ru-RU"/>
+              </w:rPr>
+              <w:t>Coordinates (Lat. N., Long. W.): 11 – 67.821232, 80.127790; 12 – 67.783528, 80.098639; 13 – 67.783472, 80.098584; 14 – 67.783503, 80.098394; 15 – 67.785115, 80.099411; 16 – 68.034335, 78.066774; 17 – 67.981523, 78.112828; 18 – 67.834953, 80.089783; 19 – 67.762259, 80.033685; 20 – 67.771657, 79.990229; 21 – 68.052985, 78.140289; 22 – 68.074722, 78.183250; 23 – 67.963764, 78.023547; 24 – 67.970706, 77.985761; 25 – 67.833815, 80.093357; 26 – 68.083222, 79.372852; 27 – 68.089415, 79.294960.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="19645E12" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00E429BD">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00E429BD">
+      <w:footerReference w:type="default" r:id="rId11"/>
       <w:pgSz w:w="11906" w:h="16838"/>
-      <w:pgMar w:top="1134" w:right="850" w:bottom="1134" w:left="1701" w:header="708" w:footer="708" w:gutter="0"/>
-      <w:cols w:space="708"/>
+      <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="709" w:gutter="0"/>
+      <w:cols w:space="720"/>
+      <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="56716349" w14:textId="77777777" w:rsidR="00EC0634" w:rsidRDefault="00EC0634">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="6F11DE7C" w14:textId="77777777" w:rsidR="00EC0634" w:rsidRDefault="00EC0634">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
+  <w:font w:name="Times New Roman">
+    <w:panose1 w:val="02020603050405020304"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DejaVu Sans">
+    <w:altName w:val="SimSun"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Tahoma">
+    <w:panose1 w:val="020B0604030504040204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Consolas">
+    <w:panose1 w:val="020B0609020204030204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="modern"/>
+    <w:pitch w:val="fixed"/>
+    <w:sig w:usb0="E00006FF" w:usb1="0000FCFF" w:usb2="00000001" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="CC"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Times New Roman">
-[...2 lines deleted...]
-    <w:family w:val="roman"/>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5B49EC16" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+    <w:pPr>
+      <w:pStyle w:val="ad"/>
+      <w:ind w:right="360"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+        <w:lang w:eastAsia="ru-RU"/>
+      </w:rPr>
+      <mc:AlternateContent>
+        <mc:Choice Requires="wps">
+          <w:drawing>
+            <wp:anchor distT="0" distB="0" distL="0" distR="0" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="026A3FCC" wp14:editId="411E3147">
+              <wp:simplePos x="0" y="0"/>
+              <wp:positionH relativeFrom="margin">
+                <wp:align>center</wp:align>
+              </wp:positionH>
+              <wp:positionV relativeFrom="paragraph">
+                <wp:posOffset>635</wp:posOffset>
+              </wp:positionV>
+              <wp:extent cx="153035" cy="175260"/>
+              <wp:effectExtent l="0" t="0" r="0" b="0"/>
+              <wp:wrapSquare wrapText="largest"/>
+              <wp:docPr id="9" name="Frame1"/>
+              <wp:cNvGraphicFramePr/>
+              <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                  <wps:wsp>
+                    <wps:cNvSpPr txBox="1"/>
+                    <wps:spPr>
+                      <a:xfrm>
+                        <a:off x="0" y="0"/>
+                        <a:ext cx="153035" cy="175260"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                      <a:solidFill>
+                        <a:srgbClr val="FFFFFF">
+                          <a:alpha val="0"/>
+                        </a:srgbClr>
+                      </a:solidFill>
+                    </wps:spPr>
+                    <wps:txbx>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3E55452A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+                          <w:pPr>
+                            <w:pStyle w:val="ad"/>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="begin"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="separate"/>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:t>19</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rStyle w:val="a6"/>
+                            </w:rPr>
+                            <w:fldChar w:fldCharType="end"/>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </wps:txbx>
+                    <wps:bodyPr lIns="0" tIns="0" rIns="0" bIns="0" anchor="t">
+                      <a:noAutofit/>
+                    </wps:bodyPr>
+                  </wps:wsp>
+                </a:graphicData>
+              </a:graphic>
+            </wp:anchor>
+          </w:drawing>
+        </mc:Choice>
+        <mc:Fallback>
+          <w:pict>
+            <v:shapetype w14:anchorId="026A3FCC" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+              <v:stroke joinstyle="miter"/>
+              <v:path gradientshapeok="t" o:connecttype="rect"/>
+            </v:shapetype>
+            <v:shape id="Frame1" o:spid="_x0000_s1026" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:.05pt;width:12.05pt;height:13.8pt;z-index:251659264;visibility:visible;mso-wrap-style:square;mso-wrap-distance-left:0;mso-wrap-distance-top:0;mso-wrap-distance-right:0;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnIr05oQEAAEQDAAAOAAAAZHJzL2Uyb0RvYy54bWysUlGP0zAMfkfiP0R5Z+l22oGqdSfgNISE&#10;AOngB6RpskZK48jJrd2/x0nX7XS8IfqQ2rHz2d9n7x6mwbGTxmjBN3y9qjjTXkFn/bHhv38d3n3g&#10;LCbpO+nA64afdeQP+7dvdmOo9QZ6cJ1GRiA+1mNoeJ9SqIWIqteDjCsI2lPQAA4ykYtH0aEcCX1w&#10;YlNV92IE7AKC0jHS7eMc5PuCb4xW6YcxUSfmGk69pXJiOdt8iv1O1keUobfq0ob8hy4GaT0VvUI9&#10;yiTZM9q/oAarECKYtFIwCDDGKl04EJt19YrNUy+DLlxInBiuMsX/B6u+n57CT2Rp+gQTDTALMoZY&#10;R7rMfCaDQ/5Tp4ziJOH5KpueElP50fauuttypii0fr/d3BdZxe1xwJi+aBhYNhqONJUiljx9i4kK&#10;UuqSkmtFcLY7WOeKg8f2s0N2kjTBQ/nmty70cr5dysU5teC9wBA3PtlKUztdSLbQnYm7++pJ0bwd&#10;i4GL0S6G9KoH2pu5cQ8fnxMYW5rPoDMSVc4Ojar0cFmrvAsv/ZJ1W/79HwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAAY3yILYAAAAAwEAAA8AAABkcnMvZG93bnJldi54bWxMj0FPwzAMhe9I+w+RkbixlDLR&#10;rWs6jSG4IgrSrlnjNVUbp2qyrfz7eSc4PdnPev5esZlcL844htaTgqd5AgKp9qalRsHP9/vjEkSI&#10;mozuPaGCXwywKWd3hc6Nv9AXnqvYCA6hkGsFNsYhlzLUFp0Ocz8gsXf0o9ORx7GRZtQXDne9TJPk&#10;RTrdEn+wesCdxbqrTk7B82ea7cNH9bYb9rjqluG1O5JV6uF+2q5BRJzi3zHc8BkdSmY6+BOZIHoF&#10;XCTetoK9dMF6YM0ykGUh/7OXVwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAA&#10;AJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDnIr05oQEA&#10;AEQDAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAGN8iC&#10;2AAAAAMBAAAPAAAAAAAAAAAAAAAAAPsDAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAA&#10;AAUAAAAA&#10;" o:allowincell="f" stroked="f">
+              <v:fill opacity="0"/>
+              <v:textbox inset="0,0,0,0">
+                <w:txbxContent>
+                  <w:p w14:paraId="3E55452A" w14:textId="77777777" w:rsidR="00E429BD" w:rsidRDefault="00000000">
+                    <w:pPr>
+                      <w:pStyle w:val="ad"/>
+                      <w:rPr>
+                        <w:rStyle w:val="a6"/>
+                      </w:rPr>
+                    </w:pPr>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="a6"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="begin"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="a6"/>
+                      </w:rPr>
+                      <w:instrText xml:space="preserve"> PAGE </w:instrText>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="a6"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="separate"/>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="a6"/>
+                      </w:rPr>
+                      <w:t>19</w:t>
+                    </w:r>
+                    <w:r>
+                      <w:rPr>
+                        <w:rStyle w:val="a6"/>
+                      </w:rPr>
+                      <w:fldChar w:fldCharType="end"/>
+                    </w:r>
+                  </w:p>
+                </w:txbxContent>
+              </v:textbox>
+              <w10:wrap type="square" side="largest" anchorx="margin"/>
+            </v:shape>
+          </w:pict>
+        </mc:Fallback>
+      </mc:AlternateContent>
+    </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="371861F2" w14:textId="77777777" w:rsidR="00EC0634" w:rsidRDefault="00EC0634">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="66BA33AA" w14:textId="77777777" w:rsidR="00EC0634" w:rsidRDefault="00EC0634">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
+  <w:autoHyphenation/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
+    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="004E0883"/>
-[...5 lines deleted...]
-    <w:rsid w:val="00F64834"/>
+    <w:rsidRoot w:val="002D76D8"/>
+    <w:rsid w:val="00000F0F"/>
+    <w:rsid w:val="00001263"/>
+    <w:rsid w:val="0000575A"/>
+    <w:rsid w:val="000139B1"/>
+    <w:rsid w:val="000148EE"/>
+    <w:rsid w:val="0002107F"/>
+    <w:rsid w:val="0002167C"/>
+    <w:rsid w:val="00026440"/>
+    <w:rsid w:val="00026B01"/>
+    <w:rsid w:val="00041D16"/>
+    <w:rsid w:val="00047CF2"/>
+    <w:rsid w:val="000512A1"/>
+    <w:rsid w:val="00052F7C"/>
+    <w:rsid w:val="00065D23"/>
+    <w:rsid w:val="00074C9E"/>
+    <w:rsid w:val="0007699A"/>
+    <w:rsid w:val="000779FB"/>
+    <w:rsid w:val="000806BE"/>
+    <w:rsid w:val="00085C4F"/>
+    <w:rsid w:val="00090832"/>
+    <w:rsid w:val="00095857"/>
+    <w:rsid w:val="000A1996"/>
+    <w:rsid w:val="000B5316"/>
+    <w:rsid w:val="000B6E01"/>
+    <w:rsid w:val="000C4F2B"/>
+    <w:rsid w:val="000C7A28"/>
+    <w:rsid w:val="000D2806"/>
+    <w:rsid w:val="000D2E49"/>
+    <w:rsid w:val="000D46CD"/>
+    <w:rsid w:val="000D6AF2"/>
+    <w:rsid w:val="000E480B"/>
+    <w:rsid w:val="00103766"/>
+    <w:rsid w:val="001059C9"/>
+    <w:rsid w:val="00112369"/>
+    <w:rsid w:val="0011450D"/>
+    <w:rsid w:val="00115A37"/>
+    <w:rsid w:val="001206D5"/>
+    <w:rsid w:val="00121177"/>
+    <w:rsid w:val="001224F9"/>
+    <w:rsid w:val="00124A4D"/>
+    <w:rsid w:val="00131BB4"/>
+    <w:rsid w:val="00136B3B"/>
+    <w:rsid w:val="00143737"/>
+    <w:rsid w:val="00143FB8"/>
+    <w:rsid w:val="00144267"/>
+    <w:rsid w:val="0015067B"/>
+    <w:rsid w:val="0015285C"/>
+    <w:rsid w:val="00156D38"/>
+    <w:rsid w:val="00162245"/>
+    <w:rsid w:val="001635E8"/>
+    <w:rsid w:val="00164165"/>
+    <w:rsid w:val="00166410"/>
+    <w:rsid w:val="00175285"/>
+    <w:rsid w:val="00176D86"/>
+    <w:rsid w:val="0017778E"/>
+    <w:rsid w:val="00180B93"/>
+    <w:rsid w:val="00194723"/>
+    <w:rsid w:val="00196482"/>
+    <w:rsid w:val="00197BBA"/>
+    <w:rsid w:val="00197F44"/>
+    <w:rsid w:val="001A00FF"/>
+    <w:rsid w:val="001A034C"/>
+    <w:rsid w:val="001A2316"/>
+    <w:rsid w:val="001A4F27"/>
+    <w:rsid w:val="001A5D2B"/>
+    <w:rsid w:val="001A624A"/>
+    <w:rsid w:val="001A6C9C"/>
+    <w:rsid w:val="001B4340"/>
+    <w:rsid w:val="001C36A5"/>
+    <w:rsid w:val="001C7981"/>
+    <w:rsid w:val="001C7DA0"/>
+    <w:rsid w:val="001D7643"/>
+    <w:rsid w:val="001E06CC"/>
+    <w:rsid w:val="001E09D4"/>
+    <w:rsid w:val="001E23D3"/>
+    <w:rsid w:val="001F04BC"/>
+    <w:rsid w:val="001F4185"/>
+    <w:rsid w:val="00200C11"/>
+    <w:rsid w:val="00200D20"/>
+    <w:rsid w:val="002050B7"/>
+    <w:rsid w:val="002051FC"/>
+    <w:rsid w:val="0022183C"/>
+    <w:rsid w:val="002219D2"/>
+    <w:rsid w:val="00227A8C"/>
+    <w:rsid w:val="0023212F"/>
+    <w:rsid w:val="00241312"/>
+    <w:rsid w:val="00250CCB"/>
+    <w:rsid w:val="00252CDE"/>
+    <w:rsid w:val="00253606"/>
+    <w:rsid w:val="002545D8"/>
+    <w:rsid w:val="002576CF"/>
+    <w:rsid w:val="002625D9"/>
+    <w:rsid w:val="00263FCA"/>
+    <w:rsid w:val="00265C30"/>
+    <w:rsid w:val="00272F6E"/>
+    <w:rsid w:val="00273012"/>
+    <w:rsid w:val="00277A03"/>
+    <w:rsid w:val="00277A45"/>
+    <w:rsid w:val="00282894"/>
+    <w:rsid w:val="00283B3B"/>
+    <w:rsid w:val="002850AE"/>
+    <w:rsid w:val="00285778"/>
+    <w:rsid w:val="002872A9"/>
+    <w:rsid w:val="00290BD2"/>
+    <w:rsid w:val="00295941"/>
+    <w:rsid w:val="002A0D4C"/>
+    <w:rsid w:val="002A61D1"/>
+    <w:rsid w:val="002B77D8"/>
+    <w:rsid w:val="002D4416"/>
+    <w:rsid w:val="002D52D5"/>
+    <w:rsid w:val="002D76D8"/>
+    <w:rsid w:val="002E3DC5"/>
+    <w:rsid w:val="002E4A2B"/>
+    <w:rsid w:val="002E4F46"/>
+    <w:rsid w:val="002F141D"/>
+    <w:rsid w:val="002F7112"/>
+    <w:rsid w:val="002F7256"/>
+    <w:rsid w:val="003005D4"/>
+    <w:rsid w:val="00310D49"/>
+    <w:rsid w:val="0031132D"/>
+    <w:rsid w:val="00311458"/>
+    <w:rsid w:val="00312283"/>
+    <w:rsid w:val="003170FE"/>
+    <w:rsid w:val="00320159"/>
+    <w:rsid w:val="0032250D"/>
+    <w:rsid w:val="003235BB"/>
+    <w:rsid w:val="00330B2C"/>
+    <w:rsid w:val="00331117"/>
+    <w:rsid w:val="00331D1A"/>
+    <w:rsid w:val="00332476"/>
+    <w:rsid w:val="00333212"/>
+    <w:rsid w:val="003345E6"/>
+    <w:rsid w:val="003432BD"/>
+    <w:rsid w:val="00343F5F"/>
+    <w:rsid w:val="003443F5"/>
+    <w:rsid w:val="00346E83"/>
+    <w:rsid w:val="003479DF"/>
+    <w:rsid w:val="003632D9"/>
+    <w:rsid w:val="003644E1"/>
+    <w:rsid w:val="00374B3C"/>
+    <w:rsid w:val="00374C2A"/>
+    <w:rsid w:val="003757BB"/>
+    <w:rsid w:val="00375E98"/>
+    <w:rsid w:val="0038169A"/>
+    <w:rsid w:val="00382833"/>
+    <w:rsid w:val="00384C78"/>
+    <w:rsid w:val="003901D6"/>
+    <w:rsid w:val="00394A39"/>
+    <w:rsid w:val="00394C22"/>
+    <w:rsid w:val="003A4719"/>
+    <w:rsid w:val="003A6A90"/>
+    <w:rsid w:val="003A6C00"/>
+    <w:rsid w:val="003A7060"/>
+    <w:rsid w:val="003A7AD6"/>
+    <w:rsid w:val="003B3397"/>
+    <w:rsid w:val="003B7691"/>
+    <w:rsid w:val="003C6F84"/>
+    <w:rsid w:val="003D0AC3"/>
+    <w:rsid w:val="003D1946"/>
+    <w:rsid w:val="003D4B95"/>
+    <w:rsid w:val="003E114C"/>
+    <w:rsid w:val="003E1F05"/>
+    <w:rsid w:val="003F0A8C"/>
+    <w:rsid w:val="00403488"/>
+    <w:rsid w:val="0040494F"/>
+    <w:rsid w:val="00404C20"/>
+    <w:rsid w:val="004054AD"/>
+    <w:rsid w:val="0040582E"/>
+    <w:rsid w:val="004070FF"/>
+    <w:rsid w:val="00413CBC"/>
+    <w:rsid w:val="00420FD1"/>
+    <w:rsid w:val="00424F0D"/>
+    <w:rsid w:val="00427BC1"/>
+    <w:rsid w:val="004318DF"/>
+    <w:rsid w:val="00436A45"/>
+    <w:rsid w:val="0043764A"/>
+    <w:rsid w:val="00442108"/>
+    <w:rsid w:val="00447262"/>
+    <w:rsid w:val="00447CF9"/>
+    <w:rsid w:val="00450AE1"/>
+    <w:rsid w:val="004560EA"/>
+    <w:rsid w:val="00464374"/>
+    <w:rsid w:val="00465C1E"/>
+    <w:rsid w:val="0047762A"/>
+    <w:rsid w:val="0048379F"/>
+    <w:rsid w:val="0048421C"/>
+    <w:rsid w:val="00486F82"/>
+    <w:rsid w:val="00497372"/>
+    <w:rsid w:val="00497AEC"/>
+    <w:rsid w:val="004B47C9"/>
+    <w:rsid w:val="004B7304"/>
+    <w:rsid w:val="004C77B6"/>
+    <w:rsid w:val="004D197C"/>
+    <w:rsid w:val="004D2234"/>
+    <w:rsid w:val="004D2240"/>
+    <w:rsid w:val="004D2CA7"/>
+    <w:rsid w:val="004D3117"/>
+    <w:rsid w:val="004D460C"/>
+    <w:rsid w:val="004D486F"/>
+    <w:rsid w:val="004D6587"/>
+    <w:rsid w:val="004D680E"/>
+    <w:rsid w:val="004E1A6F"/>
+    <w:rsid w:val="004E36D9"/>
+    <w:rsid w:val="004E3D3F"/>
+    <w:rsid w:val="004E508C"/>
+    <w:rsid w:val="004F196F"/>
+    <w:rsid w:val="004F6C4E"/>
+    <w:rsid w:val="00502462"/>
+    <w:rsid w:val="0051366A"/>
+    <w:rsid w:val="0053011C"/>
+    <w:rsid w:val="00531336"/>
+    <w:rsid w:val="00534752"/>
+    <w:rsid w:val="005363F1"/>
+    <w:rsid w:val="005365E8"/>
+    <w:rsid w:val="00537167"/>
+    <w:rsid w:val="00537FA9"/>
+    <w:rsid w:val="00543A4A"/>
+    <w:rsid w:val="00545191"/>
+    <w:rsid w:val="00545EAD"/>
+    <w:rsid w:val="005470DC"/>
+    <w:rsid w:val="00554B01"/>
+    <w:rsid w:val="00555D6B"/>
+    <w:rsid w:val="00566DDE"/>
+    <w:rsid w:val="005704D9"/>
+    <w:rsid w:val="005806E9"/>
+    <w:rsid w:val="0058384C"/>
+    <w:rsid w:val="00585FED"/>
+    <w:rsid w:val="00586C34"/>
+    <w:rsid w:val="005877BE"/>
+    <w:rsid w:val="00587BA8"/>
+    <w:rsid w:val="005A2060"/>
+    <w:rsid w:val="005A36D6"/>
+    <w:rsid w:val="005A3A30"/>
+    <w:rsid w:val="005A4256"/>
+    <w:rsid w:val="005A7F6E"/>
+    <w:rsid w:val="005B10F1"/>
+    <w:rsid w:val="005B4EB8"/>
+    <w:rsid w:val="005C0FFB"/>
+    <w:rsid w:val="005C3239"/>
+    <w:rsid w:val="005C32D4"/>
+    <w:rsid w:val="005C34A4"/>
+    <w:rsid w:val="005D7EF6"/>
+    <w:rsid w:val="005D7F85"/>
+    <w:rsid w:val="005E01BE"/>
+    <w:rsid w:val="005E2140"/>
+    <w:rsid w:val="005F1F90"/>
+    <w:rsid w:val="005F246E"/>
+    <w:rsid w:val="005F2993"/>
+    <w:rsid w:val="005F69ED"/>
+    <w:rsid w:val="006027DD"/>
+    <w:rsid w:val="00602985"/>
+    <w:rsid w:val="00602E47"/>
+    <w:rsid w:val="00606B1A"/>
+    <w:rsid w:val="0061555B"/>
+    <w:rsid w:val="006173C2"/>
+    <w:rsid w:val="00623EE1"/>
+    <w:rsid w:val="006267F7"/>
+    <w:rsid w:val="00627284"/>
+    <w:rsid w:val="00627B66"/>
+    <w:rsid w:val="00632536"/>
+    <w:rsid w:val="00633995"/>
+    <w:rsid w:val="00637661"/>
+    <w:rsid w:val="006454C9"/>
+    <w:rsid w:val="00647B85"/>
+    <w:rsid w:val="00647BD9"/>
+    <w:rsid w:val="00647F4A"/>
+    <w:rsid w:val="0065061F"/>
+    <w:rsid w:val="00655B01"/>
+    <w:rsid w:val="006572FD"/>
+    <w:rsid w:val="00671CDE"/>
+    <w:rsid w:val="0067360C"/>
+    <w:rsid w:val="00682698"/>
+    <w:rsid w:val="00685658"/>
+    <w:rsid w:val="006A2AFB"/>
+    <w:rsid w:val="006A7B1F"/>
+    <w:rsid w:val="006B63FB"/>
+    <w:rsid w:val="006B7753"/>
+    <w:rsid w:val="006C5F61"/>
+    <w:rsid w:val="006C7E01"/>
+    <w:rsid w:val="006D4CF4"/>
+    <w:rsid w:val="006D4DFB"/>
+    <w:rsid w:val="006D6FF1"/>
+    <w:rsid w:val="006E153B"/>
+    <w:rsid w:val="006E1C67"/>
+    <w:rsid w:val="006F14D5"/>
+    <w:rsid w:val="006F2EA1"/>
+    <w:rsid w:val="0070429C"/>
+    <w:rsid w:val="0070429D"/>
+    <w:rsid w:val="0070573C"/>
+    <w:rsid w:val="0071758E"/>
+    <w:rsid w:val="00720C4E"/>
+    <w:rsid w:val="00720E38"/>
+    <w:rsid w:val="00725888"/>
+    <w:rsid w:val="00725AFF"/>
+    <w:rsid w:val="00726EEE"/>
+    <w:rsid w:val="00732002"/>
+    <w:rsid w:val="00735F97"/>
+    <w:rsid w:val="007429E7"/>
+    <w:rsid w:val="007431C8"/>
+    <w:rsid w:val="00744D22"/>
+    <w:rsid w:val="00755ED6"/>
+    <w:rsid w:val="007601F1"/>
+    <w:rsid w:val="00763B6E"/>
+    <w:rsid w:val="00763EB4"/>
+    <w:rsid w:val="00775FA6"/>
+    <w:rsid w:val="007834E0"/>
+    <w:rsid w:val="007876BC"/>
+    <w:rsid w:val="007A2032"/>
+    <w:rsid w:val="007A2BBD"/>
+    <w:rsid w:val="007B0FE4"/>
+    <w:rsid w:val="007C096A"/>
+    <w:rsid w:val="007C20D1"/>
+    <w:rsid w:val="007C2105"/>
+    <w:rsid w:val="007C22F5"/>
+    <w:rsid w:val="007C3CE7"/>
+    <w:rsid w:val="007C60A0"/>
+    <w:rsid w:val="007C7AE4"/>
+    <w:rsid w:val="007D0E2B"/>
+    <w:rsid w:val="007D122C"/>
+    <w:rsid w:val="007E3B83"/>
+    <w:rsid w:val="007E66B8"/>
+    <w:rsid w:val="007F23A7"/>
+    <w:rsid w:val="007F54AA"/>
+    <w:rsid w:val="00800EAB"/>
+    <w:rsid w:val="00802DEB"/>
+    <w:rsid w:val="00803C4E"/>
+    <w:rsid w:val="00804FEA"/>
+    <w:rsid w:val="0080720B"/>
+    <w:rsid w:val="00810B41"/>
+    <w:rsid w:val="008112D6"/>
+    <w:rsid w:val="008128D3"/>
+    <w:rsid w:val="0082351B"/>
+    <w:rsid w:val="00830E0E"/>
+    <w:rsid w:val="00842DC4"/>
+    <w:rsid w:val="00847F61"/>
+    <w:rsid w:val="0085285B"/>
+    <w:rsid w:val="00854013"/>
+    <w:rsid w:val="008623FD"/>
+    <w:rsid w:val="008628A0"/>
+    <w:rsid w:val="00891F2D"/>
+    <w:rsid w:val="00896911"/>
+    <w:rsid w:val="008A49EA"/>
+    <w:rsid w:val="008A67C1"/>
+    <w:rsid w:val="008B4F18"/>
+    <w:rsid w:val="008B6095"/>
+    <w:rsid w:val="008C37F6"/>
+    <w:rsid w:val="008C7E35"/>
+    <w:rsid w:val="008D7035"/>
+    <w:rsid w:val="008E5247"/>
+    <w:rsid w:val="008E621F"/>
+    <w:rsid w:val="008E6D9F"/>
+    <w:rsid w:val="008F60D3"/>
+    <w:rsid w:val="009044B8"/>
+    <w:rsid w:val="009124DB"/>
+    <w:rsid w:val="009244B8"/>
+    <w:rsid w:val="00927767"/>
+    <w:rsid w:val="00942B7F"/>
+    <w:rsid w:val="009566A4"/>
+    <w:rsid w:val="0096016F"/>
+    <w:rsid w:val="00960A89"/>
+    <w:rsid w:val="00966D0C"/>
+    <w:rsid w:val="009678AC"/>
+    <w:rsid w:val="00975E2A"/>
+    <w:rsid w:val="00983193"/>
+    <w:rsid w:val="00984974"/>
+    <w:rsid w:val="00992B47"/>
+    <w:rsid w:val="009B364A"/>
+    <w:rsid w:val="009B4B66"/>
+    <w:rsid w:val="009B7995"/>
+    <w:rsid w:val="009C1D8D"/>
+    <w:rsid w:val="009C6E9F"/>
+    <w:rsid w:val="009E553E"/>
+    <w:rsid w:val="009E5C48"/>
+    <w:rsid w:val="009F0492"/>
+    <w:rsid w:val="009F1654"/>
+    <w:rsid w:val="009F4F9D"/>
+    <w:rsid w:val="00A0237D"/>
+    <w:rsid w:val="00A0465E"/>
+    <w:rsid w:val="00A1377A"/>
+    <w:rsid w:val="00A13FA2"/>
+    <w:rsid w:val="00A1458F"/>
+    <w:rsid w:val="00A22C32"/>
+    <w:rsid w:val="00A367D9"/>
+    <w:rsid w:val="00A371EC"/>
+    <w:rsid w:val="00A40483"/>
+    <w:rsid w:val="00A42867"/>
+    <w:rsid w:val="00A462DA"/>
+    <w:rsid w:val="00A50FBC"/>
+    <w:rsid w:val="00A522F7"/>
+    <w:rsid w:val="00A54835"/>
+    <w:rsid w:val="00A5751F"/>
+    <w:rsid w:val="00A65167"/>
+    <w:rsid w:val="00A80431"/>
+    <w:rsid w:val="00A826F5"/>
+    <w:rsid w:val="00A82AB2"/>
+    <w:rsid w:val="00A85AC0"/>
+    <w:rsid w:val="00A91160"/>
+    <w:rsid w:val="00A94D4E"/>
+    <w:rsid w:val="00A95678"/>
+    <w:rsid w:val="00A97F82"/>
+    <w:rsid w:val="00AA0C2E"/>
+    <w:rsid w:val="00AA18DA"/>
+    <w:rsid w:val="00AA5415"/>
+    <w:rsid w:val="00AA5F9D"/>
+    <w:rsid w:val="00AB7A3F"/>
+    <w:rsid w:val="00AC7631"/>
+    <w:rsid w:val="00AD04DC"/>
+    <w:rsid w:val="00AE0032"/>
+    <w:rsid w:val="00AE479E"/>
+    <w:rsid w:val="00AE619A"/>
+    <w:rsid w:val="00AE7FD4"/>
+    <w:rsid w:val="00AF108E"/>
+    <w:rsid w:val="00AF382C"/>
+    <w:rsid w:val="00AF6948"/>
+    <w:rsid w:val="00B00CE1"/>
+    <w:rsid w:val="00B03B5D"/>
+    <w:rsid w:val="00B05F81"/>
+    <w:rsid w:val="00B061FB"/>
+    <w:rsid w:val="00B1759C"/>
+    <w:rsid w:val="00B20A49"/>
+    <w:rsid w:val="00B214E1"/>
+    <w:rsid w:val="00B21BC7"/>
+    <w:rsid w:val="00B22B7C"/>
+    <w:rsid w:val="00B320A7"/>
+    <w:rsid w:val="00B36ABA"/>
+    <w:rsid w:val="00B37898"/>
+    <w:rsid w:val="00B42A18"/>
+    <w:rsid w:val="00B42F79"/>
+    <w:rsid w:val="00B44E3D"/>
+    <w:rsid w:val="00B45758"/>
+    <w:rsid w:val="00B552A6"/>
+    <w:rsid w:val="00B5635B"/>
+    <w:rsid w:val="00B72622"/>
+    <w:rsid w:val="00B748ED"/>
+    <w:rsid w:val="00B758B6"/>
+    <w:rsid w:val="00B836B1"/>
+    <w:rsid w:val="00B87DA3"/>
+    <w:rsid w:val="00B90D0A"/>
+    <w:rsid w:val="00B9394B"/>
+    <w:rsid w:val="00B94199"/>
+    <w:rsid w:val="00B97696"/>
+    <w:rsid w:val="00BB1562"/>
+    <w:rsid w:val="00BB47FB"/>
+    <w:rsid w:val="00BC071A"/>
+    <w:rsid w:val="00BC2157"/>
+    <w:rsid w:val="00BC3894"/>
+    <w:rsid w:val="00BC6881"/>
+    <w:rsid w:val="00BC7525"/>
+    <w:rsid w:val="00BD0072"/>
+    <w:rsid w:val="00BD08AE"/>
+    <w:rsid w:val="00BD0BB0"/>
+    <w:rsid w:val="00BD7571"/>
+    <w:rsid w:val="00BE7227"/>
+    <w:rsid w:val="00BF0F18"/>
+    <w:rsid w:val="00BF37EF"/>
+    <w:rsid w:val="00BF7DDB"/>
+    <w:rsid w:val="00BF7EA3"/>
+    <w:rsid w:val="00C01E30"/>
+    <w:rsid w:val="00C16A96"/>
+    <w:rsid w:val="00C16F13"/>
+    <w:rsid w:val="00C17BB5"/>
+    <w:rsid w:val="00C23912"/>
+    <w:rsid w:val="00C34C6A"/>
+    <w:rsid w:val="00C352F6"/>
+    <w:rsid w:val="00C35587"/>
+    <w:rsid w:val="00C40C60"/>
+    <w:rsid w:val="00C47B82"/>
+    <w:rsid w:val="00C5021F"/>
+    <w:rsid w:val="00C51DBB"/>
+    <w:rsid w:val="00C5392F"/>
+    <w:rsid w:val="00C540D3"/>
+    <w:rsid w:val="00C54C4F"/>
+    <w:rsid w:val="00C55658"/>
+    <w:rsid w:val="00C56479"/>
+    <w:rsid w:val="00C623B3"/>
+    <w:rsid w:val="00C664BC"/>
+    <w:rsid w:val="00C67BF1"/>
+    <w:rsid w:val="00C71794"/>
+    <w:rsid w:val="00C7211C"/>
+    <w:rsid w:val="00C750C8"/>
+    <w:rsid w:val="00C85254"/>
+    <w:rsid w:val="00C90AAD"/>
+    <w:rsid w:val="00C9316D"/>
+    <w:rsid w:val="00C95D89"/>
+    <w:rsid w:val="00CA215C"/>
+    <w:rsid w:val="00CA2885"/>
+    <w:rsid w:val="00CA6E52"/>
+    <w:rsid w:val="00CB2457"/>
+    <w:rsid w:val="00CC4085"/>
+    <w:rsid w:val="00CC69D3"/>
+    <w:rsid w:val="00CC7357"/>
+    <w:rsid w:val="00CD0F7A"/>
+    <w:rsid w:val="00CD1DF9"/>
+    <w:rsid w:val="00CD34BD"/>
+    <w:rsid w:val="00CD7181"/>
+    <w:rsid w:val="00CE0923"/>
+    <w:rsid w:val="00CE27A7"/>
+    <w:rsid w:val="00CE285F"/>
+    <w:rsid w:val="00CE3657"/>
+    <w:rsid w:val="00CF450B"/>
+    <w:rsid w:val="00D06BE5"/>
+    <w:rsid w:val="00D12084"/>
+    <w:rsid w:val="00D14451"/>
+    <w:rsid w:val="00D23621"/>
+    <w:rsid w:val="00D24028"/>
+    <w:rsid w:val="00D301FA"/>
+    <w:rsid w:val="00D318A6"/>
+    <w:rsid w:val="00D34E14"/>
+    <w:rsid w:val="00D3547F"/>
+    <w:rsid w:val="00D47858"/>
+    <w:rsid w:val="00D55F2F"/>
+    <w:rsid w:val="00D56149"/>
+    <w:rsid w:val="00D61B51"/>
+    <w:rsid w:val="00D62A7E"/>
+    <w:rsid w:val="00D645C8"/>
+    <w:rsid w:val="00D711BC"/>
+    <w:rsid w:val="00D73960"/>
+    <w:rsid w:val="00D74B31"/>
+    <w:rsid w:val="00D77A24"/>
+    <w:rsid w:val="00D811FB"/>
+    <w:rsid w:val="00D835AA"/>
+    <w:rsid w:val="00D858DD"/>
+    <w:rsid w:val="00D9023E"/>
+    <w:rsid w:val="00DA1E32"/>
+    <w:rsid w:val="00DA27A2"/>
+    <w:rsid w:val="00DB05E2"/>
+    <w:rsid w:val="00DB2306"/>
+    <w:rsid w:val="00DB3687"/>
+    <w:rsid w:val="00DC44AB"/>
+    <w:rsid w:val="00DD055E"/>
+    <w:rsid w:val="00DD4E13"/>
+    <w:rsid w:val="00DD648C"/>
+    <w:rsid w:val="00DE2F3A"/>
+    <w:rsid w:val="00DF468C"/>
+    <w:rsid w:val="00E01D65"/>
+    <w:rsid w:val="00E07FE0"/>
+    <w:rsid w:val="00E10714"/>
+    <w:rsid w:val="00E134E3"/>
+    <w:rsid w:val="00E167EB"/>
+    <w:rsid w:val="00E221A4"/>
+    <w:rsid w:val="00E22A55"/>
+    <w:rsid w:val="00E272D7"/>
+    <w:rsid w:val="00E27D2F"/>
+    <w:rsid w:val="00E33ACC"/>
+    <w:rsid w:val="00E36B4C"/>
+    <w:rsid w:val="00E429BD"/>
+    <w:rsid w:val="00E437DF"/>
+    <w:rsid w:val="00E460F6"/>
+    <w:rsid w:val="00E63B5A"/>
+    <w:rsid w:val="00E70F7C"/>
+    <w:rsid w:val="00E73A2F"/>
+    <w:rsid w:val="00E76CFD"/>
+    <w:rsid w:val="00E80B07"/>
+    <w:rsid w:val="00E85224"/>
+    <w:rsid w:val="00E86277"/>
+    <w:rsid w:val="00EB0CB5"/>
+    <w:rsid w:val="00EB7B0E"/>
+    <w:rsid w:val="00EC0634"/>
+    <w:rsid w:val="00EC527A"/>
+    <w:rsid w:val="00EC5A3C"/>
+    <w:rsid w:val="00EC6A70"/>
+    <w:rsid w:val="00EC7717"/>
+    <w:rsid w:val="00ED248A"/>
+    <w:rsid w:val="00ED3AD1"/>
+    <w:rsid w:val="00ED7A4E"/>
+    <w:rsid w:val="00EE001A"/>
+    <w:rsid w:val="00EE4FCB"/>
+    <w:rsid w:val="00EE71E5"/>
+    <w:rsid w:val="00EF5336"/>
+    <w:rsid w:val="00EF7E8D"/>
+    <w:rsid w:val="00F12961"/>
+    <w:rsid w:val="00F25084"/>
+    <w:rsid w:val="00F257EF"/>
+    <w:rsid w:val="00F338BD"/>
+    <w:rsid w:val="00F3787A"/>
+    <w:rsid w:val="00F43576"/>
+    <w:rsid w:val="00F46A54"/>
+    <w:rsid w:val="00F50F7C"/>
+    <w:rsid w:val="00F57451"/>
+    <w:rsid w:val="00F601F5"/>
+    <w:rsid w:val="00F66555"/>
+    <w:rsid w:val="00F66778"/>
+    <w:rsid w:val="00F6751C"/>
+    <w:rsid w:val="00F74466"/>
+    <w:rsid w:val="00F75C5C"/>
+    <w:rsid w:val="00F76C0D"/>
+    <w:rsid w:val="00F77D11"/>
+    <w:rsid w:val="00F803E0"/>
+    <w:rsid w:val="00F81100"/>
+    <w:rsid w:val="00F852D8"/>
+    <w:rsid w:val="00F9573E"/>
+    <w:rsid w:val="00F96CD3"/>
+    <w:rsid w:val="00F976BB"/>
+    <w:rsid w:val="00FA01C5"/>
+    <w:rsid w:val="00FA7B00"/>
+    <w:rsid w:val="00FA7CB5"/>
+    <w:rsid w:val="00FB02C3"/>
+    <w:rsid w:val="00FB3315"/>
+    <w:rsid w:val="00FB511E"/>
+    <w:rsid w:val="00FB7D5D"/>
+    <w:rsid w:val="00FC192D"/>
+    <w:rsid w:val="00FC2312"/>
+    <w:rsid w:val="00FC370B"/>
+    <w:rsid w:val="00FC3D2E"/>
+    <w:rsid w:val="00FC5501"/>
+    <w:rsid w:val="00FC5AF9"/>
+    <w:rsid w:val="00FD0A28"/>
+    <w:rsid w:val="00FD3AEF"/>
+    <w:rsid w:val="00FD66A6"/>
+    <w:rsid w:val="00FE2F4B"/>
+    <w:rsid w:val="00FE5D9B"/>
+    <w:rsid w:val="00FF312A"/>
+    <w:rsid w:val="00FF6476"/>
+    <w:rsid w:val="442240EF"/>
+    <w:rsid w:val="516A7FF2"/>
+    <w:rsid w:val="5B985F97"/>
+    <w:rsid w:val="61E276F7"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="ru-RU"/>
+  <w:themeFontLang w:val="ru-RU" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="2C8D80A7"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{7B510E08-301E-4539-8C19-9868E36B6429}"/>
+  <w14:docId w14:val="3AE42F45"/>
+  <w15:docId w15:val="{3C23F972-E769-4E63-92DF-F3A498785431}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...4 lines deleted...]
-        <w14:ligatures w14:val="standardContextual"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="DejaVu Sans" w:hAnsi="Times New Roman" w:cs="DejaVu Sans"/>
+        <w:lang w:val="ru-RU" w:eastAsia="ru-RU" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
-    <w:pPrDefault>
-[...3 lines deleted...]
-    </w:pPrDefault>
+    <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...1 lines deleted...]
-    <w:lsdException w:name="footer" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation text" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="header" w:uiPriority="0" w:qFormat="1"/>
+    <w:lsdException w:name="footer" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="caption" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation reference" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="page number" w:uiPriority="0"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="List" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Body Text" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Normal (Web)" w:qFormat="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="annotation subject" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Balloon Text" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-[...21 lines deleted...]
-    <w:lsdException w:name="Revision" w:semiHidden="1"/>
+    <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="No Spacing" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Light Shading"/>
+    <w:lsdException w:name="Light List"/>
+    <w:lsdException w:name="Light Grid"/>
+    <w:lsdException w:name="Medium Shading 1"/>
+    <w:lsdException w:name="Medium Shading 2"/>
+    <w:lsdException w:name="Medium List 1"/>
+    <w:lsdException w:name="Medium List 2"/>
+    <w:lsdException w:name="Medium Grid 1"/>
+    <w:lsdException w:name="Medium Grid 2"/>
+    <w:lsdException w:name="Medium Grid 3"/>
+    <w:lsdException w:name="Dark List"/>
+    <w:lsdException w:name="Colorful Shading"/>
+    <w:lsdException w:name="Colorful List"/>
+    <w:lsdException w:name="Colorful Grid"/>
+    <w:lsdException w:name="Light Shading Accent 1"/>
+    <w:lsdException w:name="Light List Accent 1"/>
+    <w:lsdException w:name="Light Grid Accent 1"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 1"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 1"/>
+    <w:lsdException w:name="Medium List 1 Accent 1"/>
+    <w:lsdException w:name="Revision" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
-    <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-[...78 lines deleted...]
-    <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
+    <w:lsdException w:name="Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Intense Quote" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Medium List 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 1"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 1"/>
+    <w:lsdException w:name="Dark List Accent 1"/>
+    <w:lsdException w:name="Colorful Shading Accent 1"/>
+    <w:lsdException w:name="Colorful List Accent 1"/>
+    <w:lsdException w:name="Colorful Grid Accent 1"/>
+    <w:lsdException w:name="Light Shading Accent 2"/>
+    <w:lsdException w:name="Light List Accent 2"/>
+    <w:lsdException w:name="Light Grid Accent 2"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 2"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 2"/>
+    <w:lsdException w:name="Medium List 1 Accent 2"/>
+    <w:lsdException w:name="Medium List 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 2"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 2"/>
+    <w:lsdException w:name="Dark List Accent 2"/>
+    <w:lsdException w:name="Colorful Shading Accent 2"/>
+    <w:lsdException w:name="Colorful List Accent 2"/>
+    <w:lsdException w:name="Colorful Grid Accent 2"/>
+    <w:lsdException w:name="Light Shading Accent 3"/>
+    <w:lsdException w:name="Light List Accent 3"/>
+    <w:lsdException w:name="Light Grid Accent 3"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 3"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 3"/>
+    <w:lsdException w:name="Medium List 1 Accent 3"/>
+    <w:lsdException w:name="Medium List 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 3"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 3"/>
+    <w:lsdException w:name="Dark List Accent 3"/>
+    <w:lsdException w:name="Colorful Shading Accent 3"/>
+    <w:lsdException w:name="Colorful List Accent 3"/>
+    <w:lsdException w:name="Colorful Grid Accent 3"/>
+    <w:lsdException w:name="Light Shading Accent 4"/>
+    <w:lsdException w:name="Light List Accent 4"/>
+    <w:lsdException w:name="Light Grid Accent 4"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 4"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 4"/>
+    <w:lsdException w:name="Medium List 1 Accent 4"/>
+    <w:lsdException w:name="Medium List 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 4"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 4"/>
+    <w:lsdException w:name="Dark List Accent 4"/>
+    <w:lsdException w:name="Colorful Shading Accent 4"/>
+    <w:lsdException w:name="Colorful List Accent 4"/>
+    <w:lsdException w:name="Colorful Grid Accent 4"/>
+    <w:lsdException w:name="Light Shading Accent 5"/>
+    <w:lsdException w:name="Light List Accent 5"/>
+    <w:lsdException w:name="Light Grid Accent 5"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 5"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 5"/>
+    <w:lsdException w:name="Medium List 1 Accent 5"/>
+    <w:lsdException w:name="Medium List 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 5"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 5"/>
+    <w:lsdException w:name="Dark List Accent 5"/>
+    <w:lsdException w:name="Colorful Shading Accent 5"/>
+    <w:lsdException w:name="Colorful List Accent 5"/>
+    <w:lsdException w:name="Colorful Grid Accent 5"/>
+    <w:lsdException w:name="Light Shading Accent 6"/>
+    <w:lsdException w:name="Light List Accent 6"/>
+    <w:lsdException w:name="Light Grid Accent 6"/>
+    <w:lsdException w:name="Medium Shading 1 Accent 6"/>
+    <w:lsdException w:name="Medium Shading 2 Accent 6"/>
+    <w:lsdException w:name="Medium List 1 Accent 6"/>
+    <w:lsdException w:name="Medium List 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 1 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 2 Accent 6"/>
+    <w:lsdException w:name="Medium Grid 3 Accent 6"/>
+    <w:lsdException w:name="Dark List Accent 6"/>
+    <w:lsdException w:name="Colorful Shading Accent 6"/>
+    <w:lsdException w:name="Colorful List Accent 6"/>
+    <w:lsdException w:name="Colorful Grid Accent 6"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
@@ -498,726 +37908,700 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="a">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...7 lines deleted...]
-    <w:rsid w:val="004E0883"/>
     <w:pPr>
-      <w:keepNext/>
-[...2 lines deleted...]
-      <w:outlineLvl w:val="0"/>
+      <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...180 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="a0">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="a1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="a2">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="10">
-[...4 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="character" w:styleId="a3">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:uiPriority w:val="99"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:color w:val="954F72"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="20">
-[...5 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="character" w:styleId="a4">
+    <w:name w:val="annotation reference"/>
+    <w:qFormat/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="30">
-    <w:name w:val="Заголовок 3 Знак"/>
+  <w:style w:type="character" w:styleId="a5">
+    <w:name w:val="Hyperlink"/>
+    <w:uiPriority w:val="99"/>
+    <w:rPr>
+      <w:color w:val="0563C1"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="a6">
+    <w:name w:val="page number"/>
     <w:basedOn w:val="a0"/>
-    <w:link w:val="3"/>
-    <w:uiPriority w:val="9"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a7">
+    <w:name w:val="Balloon Text"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
+      <w:sz w:val="16"/>
+      <w:szCs w:val="16"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a8">
+    <w:name w:val="caption"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:spacing w:before="120" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:i/>
+      <w:iCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="a9">
+    <w:name w:val="annotation text"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="aa">
+    <w:name w:val="annotation subject"/>
+    <w:basedOn w:val="a9"/>
+    <w:next w:val="a9"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ab">
+    <w:name w:val="header"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ac">
+    <w:name w:val="Body Text"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ad">
+    <w:name w:val="footer"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4677"/>
+        <w:tab w:val="right" w:pos="9355"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="ae">
+    <w:name w:val="List"/>
+    <w:basedOn w:val="ac"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af">
+    <w:name w:val="Normal (Web)"/>
+    <w:basedOn w:val="a"/>
+    <w:uiPriority w:val="99"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:spacing w:before="280" w:after="280"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="HTML">
+    <w:name w:val="HTML Preformatted"/>
+    <w:basedOn w:val="a"/>
+    <w:link w:val="HTML0"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="004E0883"/>
+    <w:unhideWhenUsed/>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:ascii="Consolas" w:hAnsi="Consolas"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="table" w:styleId="af0">
+    <w:name w:val="Table Grid"/>
+    <w:basedOn w:val="a1"/>
+    <w:uiPriority w:val="39"/>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num4z0">
+    <w:name w:val="WW8Num4z0"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af1">
+    <w:name w:val="Текст примечания Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="af2">
+    <w:name w:val="Тема примечания Знак"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="taxon-author">
+    <w:name w:val="taxon-author"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="1">
+    <w:name w:val="Неразрешенное упоминание1"/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="anchor-text">
+    <w:name w:val="anchor-text"/>
+    <w:basedOn w:val="a0"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
+    <w:name w:val="Heading"/>
+    <w:basedOn w:val="a"/>
+    <w:next w:val="ac"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="120"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Arial" w:eastAsia="DejaVu Sans" w:hAnsi="Arial" w:cs="DejaVu Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="40">
-[...5 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Index">
+    <w:name w:val="Index"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderandFooter">
+    <w:name w:val="Header and Footer"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressLineNumbers/>
+      <w:tabs>
+        <w:tab w:val="center" w:pos="4819"/>
+        <w:tab w:val="right" w:pos="9638"/>
+      </w:tabs>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="10">
+    <w:name w:val="Рецензия1"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens/>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:rFonts w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:lang w:eastAsia="zh-CN"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="50">
-[...9 lines deleted...]
-    </w:rPr>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableContents">
+    <w:name w:val="Table Contents"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:widowControl w:val="0"/>
+      <w:suppressLineNumbers/>
+    </w:pPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="60">
-[...56 lines deleted...]
-    <w:uiPriority w:val="10"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="TableHeading">
+    <w:name w:val="Table Heading"/>
+    <w:basedOn w:val="TableContents"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-[...68 lines deleted...]
-      <w:spacing w:before="160"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:b/>
+      <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="22">
-[...4 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="FrameContents">
+    <w:name w:val="Frame Contents"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="msonormal0">
+    <w:name w:val="msonormal"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="404040" w:themeColor="text1" w:themeTint="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a7">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="font5">
+    <w:name w:val="font5"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs/>
+      <w:color w:val="000099"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl66">
+    <w:name w:val="xl66"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFF00"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl67">
+    <w:name w:val="xl67"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFF00"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl68">
+    <w:name w:val="xl68"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="FFFF00"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="C00000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl69">
+    <w:name w:val="xl69"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl70">
+    <w:name w:val="xl70"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="C00000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl71">
+    <w:name w:val="xl71"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HTML0">
+    <w:name w:val="Стандартный HTML Знак"/>
+    <w:basedOn w:val="a0"/>
+    <w:link w:val="HTML"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:qFormat/>
+    <w:rPr>
+      <w:rFonts w:ascii="Consolas" w:eastAsia="Times New Roman" w:hAnsi="Consolas" w:cs="Times New Roman"/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+      <w:lang w:val="ru-RU" w:bidi="ar-SA"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="af3">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="a"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="a8">
-[...2 lines deleted...]
-    <w:uiPriority w:val="21"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl72">
+    <w:name w:val="xl72"/>
+    <w:basedOn w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="94DCF8"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="a9">
-    <w:name w:val="Intense Quote"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl73">
+    <w:name w:val="xl73"/>
     <w:basedOn w:val="a"/>
-    <w:next w:val="a"/>
-[...1 lines deleted...]
-    <w:uiPriority w:val="30"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
     <w:pPr>
-      <w:pBdr>
-[...5 lines deleted...]
-      <w:jc w:val="center"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:color w:val="C00000"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="aa">
-[...4 lines deleted...]
-    <w:rsid w:val="004E0883"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl74">
+    <w:name w:val="xl74"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:i/>
-[...1 lines deleted...]
-      <w:color w:val="0F4761" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="ab">
-[...2 lines deleted...]
-    <w:uiPriority w:val="32"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl75">
+    <w:name w:val="xl75"/>
+    <w:basedOn w:val="a"/>
     <w:qFormat/>
-    <w:rsid w:val="004E0883"/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
     <w:rPr>
-      <w:b/>
-[...3 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl76">
+    <w:name w:val="xl76"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="C00000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl77">
+    <w:name w:val="xl77"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:color w:val="FF0000"/>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl78">
+    <w:name w:val="xl78"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="196B24"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="xl79">
+    <w:name w:val="xl79"/>
+    <w:basedOn w:val="a"/>
+    <w:qFormat/>
+    <w:pPr>
+      <w:shd w:val="clear" w:color="000000" w:fill="CAEDFB"/>
+      <w:suppressAutoHyphens w:val="0"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:optimizeForBrowser/>
+  <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Тема Office">
   <a:themeElements>
     <a:clrScheme name="Стандартная">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="467886"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="96607D"/>
       </a:folHlink>
     </a:clrScheme>
     <a:fontScheme name="Стандартная">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos Display"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Angsana New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
+        <a:latin typeface="Aptos"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
-        <a:font script="Jpan" typeface="游ゴシック"/>
+        <a:font script="Jpan" typeface="游明朝"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Cordia New"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
     <a:fmtScheme name="Стандартная">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
@@ -1235,65 +38619,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -1314,69 +38698,337 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
+</file>
+
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
+</file>
+
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010030F9E4BDA29704489B14936BFC93C1E1" ma:contentTypeVersion="4" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="dc24936b75115f8dd913a0145f032c7e">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns3="055c710e-0baa-439c-89d8-7a43e2b479d3" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="62615de3ce25403d576f6863c6509120" ns3:_="">
+    <xsd:import namespace="055c710e-0baa-439c-89d8-7a43e2b479d3"/>
+    <xsd:element name="properties">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element name="documentManagement">
+            <xsd:complexType>
+              <xsd:all>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+              </xsd:all>
+            </xsd:complexType>
+          </xsd:element>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="055c710e-0baa-439c-89d8-7a43e2b479d3" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceDateTaken" ma:index="8" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="11" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+  </xsd:schema>
+  <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
+    <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
+    <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
+    <xsd:element name="coreProperties" type="CT_coreProperties"/>
+    <xsd:complexType name="CT_coreProperties">
+      <xsd:all>
+        <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
+        <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
+        <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
+          <xsd:annotation>
+            <xsd:documentation>
+                        This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
+                    </xsd:documentation>
+          </xsd:annotation>
+        </xsd:element>
+        <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+        <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
+        <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
+      </xsd:all>
+    </xsd:complexType>
+  </xsd:schema>
+  <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
+    <xs:element name="Person">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:DisplayName" minOccurs="0"/>
+          <xs:element ref="pc:AccountId" minOccurs="0"/>
+          <xs:element ref="pc:AccountType" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="DisplayName" type="xs:string"/>
+    <xs:element name="AccountId" type="xs:string"/>
+    <xs:element name="AccountType" type="xs:string"/>
+    <xs:element name="BDCAssociatedEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:BDCEntity" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+        <xs:attribute ref="pc:EntityNamespace"/>
+        <xs:attribute ref="pc:EntityName"/>
+        <xs:attribute ref="pc:SystemInstanceName"/>
+        <xs:attribute ref="pc:AssociationName"/>
+      </xs:complexType>
+    </xs:element>
+    <xs:attribute name="EntityNamespace" type="xs:string"/>
+    <xs:attribute name="EntityName" type="xs:string"/>
+    <xs:attribute name="SystemInstanceName" type="xs:string"/>
+    <xs:attribute name="AssociationName" type="xs:string"/>
+    <xs:element name="BDCEntity">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:EntityDisplayName" minOccurs="0"/>
+          <xs:element ref="pc:EntityInstanceReference" minOccurs="0"/>
+          <xs:element ref="pc:EntityId1" minOccurs="0"/>
+          <xs:element ref="pc:EntityId2" minOccurs="0"/>
+          <xs:element ref="pc:EntityId3" minOccurs="0"/>
+          <xs:element ref="pc:EntityId4" minOccurs="0"/>
+          <xs:element ref="pc:EntityId5" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="EntityDisplayName" type="xs:string"/>
+    <xs:element name="EntityInstanceReference" type="xs:string"/>
+    <xs:element name="EntityId1" type="xs:string"/>
+    <xs:element name="EntityId2" type="xs:string"/>
+    <xs:element name="EntityId3" type="xs:string"/>
+    <xs:element name="EntityId4" type="xs:string"/>
+    <xs:element name="EntityId5" type="xs:string"/>
+    <xs:element name="Terms">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermInfo">
+      <xs:complexType>
+        <xs:sequence>
+          <xs:element ref="pc:TermName" minOccurs="0"/>
+          <xs:element ref="pc:TermId" minOccurs="0"/>
+        </xs:sequence>
+      </xs:complexType>
+    </xs:element>
+    <xs:element name="TermName" type="xs:string"/>
+    <xs:element name="TermId" type="xs:string"/>
+  </xs:schema>
+</ct:contentTypeSchema>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<s:customData xmlns="http://www.wps.cn/officeDocument/2013/wpsCustomData" xmlns:s="http://www.wps.cn/officeDocument/2013/wpsCustomData">
+  <customSectProps/>
+  <customShpExts>
+    <customShpInfo spid="_x0000_s1026" textRotate="1"/>
+  </customShpExts>
+</s:customData>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{79CD0563-4690-4252-850C-A5239AAB8071}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="055c710e-0baa-439c-89d8-7a43e2b479d3"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B1977F7D-205B-4081-913C-38D41E755F92}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.wps.cn/officeDocument/2013/wpsCustomData"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{69696B33-96D1-4B46-9264-7BB1875D81A9}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{33B1F4C0-1D36-46FF-ADF8-03F2765DA198}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{08FC8998-DB17-428F-B6B4-AAD89948614E}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>0</Words>
-  <Characters>4</Characters>
+  <Words>748</Words>
+  <Characters>4265</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>1</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>35</Lines>
+  <Paragraphs>10</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4</CharactersWithSpaces>
+  <CharactersWithSpaces>5003</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
+  <dc:creator>t43155</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x01010030F9E4BDA29704489B14936BFC93C1E1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="KSOProductBuildVer">
+    <vt:lpwstr>1049-12.2.0.23196</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="ICV">
+    <vt:lpwstr>46ED376CEA664621B00280E34DF7CA8E_12</vt:lpwstr>
+  </property>
+</Properties>
+</file>